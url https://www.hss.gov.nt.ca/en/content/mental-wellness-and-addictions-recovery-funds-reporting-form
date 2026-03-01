--- v0 (2026-02-04)
+++ v1 (2026-03-01)
@@ -1,176 +1,179 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="26DB0483" w14:textId="695012E4" w:rsidR="006D59D3" w:rsidRDefault="006D59D3"/>
     <w:p w14:paraId="6DD886E4" w14:textId="77777777" w:rsidR="006D59D3" w:rsidRDefault="006D59D3"/>
     <w:p w14:paraId="26BBC780" w14:textId="77777777" w:rsidR="006D59D3" w:rsidRDefault="006D59D3"/>
     <w:p w14:paraId="0CE137EB" w14:textId="77777777" w:rsidR="006D59D3" w:rsidRDefault="006D59D3"/>
     <w:p w14:paraId="372AF19D" w14:textId="01A83203" w:rsidR="006D59D3" w:rsidRDefault="006D59D3"/>
     <w:p w14:paraId="0583D334" w14:textId="681CDCA0" w:rsidR="006D59D3" w:rsidRDefault="002F41D8">
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="en-CA" w:eastAsia="en-CA"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="55DD1ED0" wp14:editId="741EF944">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="55DD1ED0" wp14:editId="36E58B72">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-1971675</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>38100</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="9792970" cy="894715"/>
             <wp:effectExtent l="0" t="0" r="0" b="635"/>
             <wp:wrapNone/>
             <wp:docPr id="5" name="Picture 5"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="5" name="Picture 5"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8" cstate="print">
+                    <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="9792970" cy="894715"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D4A2A17" w14:textId="77777777" w:rsidR="006D59D3" w:rsidRDefault="006D59D3"/>
     <w:p w14:paraId="113D70AD" w14:textId="77777777" w:rsidR="006D59D3" w:rsidRDefault="006D59D3"/>
     <w:p w14:paraId="7D1858C9" w14:textId="77777777" w:rsidR="006D59D3" w:rsidRDefault="006D59D3"/>
     <w:p w14:paraId="2A132336" w14:textId="77777777" w:rsidR="006D59D3" w:rsidRDefault="006D59D3"/>
     <w:p w14:paraId="3B3AA2C3" w14:textId="77777777" w:rsidR="006D59D3" w:rsidRDefault="006D59D3"/>
     <w:p w14:paraId="5382EC01" w14:textId="77777777" w:rsidR="006D59D3" w:rsidRDefault="006D59D3"/>
     <w:p w14:paraId="60A4C20C" w14:textId="2261AD46" w:rsidR="006D59D3" w:rsidRDefault="006D59D3"/>
     <w:p w14:paraId="2BB51E7A" w14:textId="3648DE9C" w:rsidR="006D59D3" w:rsidRDefault="002F41D8">
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="en-CA" w:eastAsia="en-CA"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656704" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="12C8DC32" wp14:editId="3EF31071">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="12C8DC32" wp14:editId="3EF31071">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5734685</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>41910</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="528955" cy="427355"/>
                 <wp:effectExtent l="0" t="0" r="4445" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Group 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="528955" cy="427355"/>
                           <a:chOff x="10693" y="3863"/>
                           <a:chExt cx="833" cy="677"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="4" name="docshape9"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9">
+                          <a:blip r:embed="rId12">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="11091" y="4355"/>
                             <a:ext cx="105" cy="127"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
@@ -931,51 +934,51 @@
                           <a:extLst>
                             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:round/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a14:hiddenLine>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="8" name="docshape11"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId10">
+                          <a:blip r:embed="rId13">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="10908" y="4366"/>
                             <a:ext cx="166" cy="159"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
@@ -1235,78 +1238,78 @@
                           <a:extLst>
                             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:round/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a14:hiddenLine>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="7DAAAE9D" id="Group 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:451.55pt;margin-top:3.3pt;width:41.65pt;height:33.65pt;z-index:251656704" coordorigin="10693,3863" coordsize="833,677" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQCKHRa0XRIAAA9eAAAOAAAAZHJzL2Uyb0RvYy54bWzsXGtv68YR/V6g/0HQ&#10;xxaJtXzLyL1FkbRBgT6Clv0BsizbQmVRleTrm/76ntkHtUPOLJmkKBAgAXJlW4fLs3N2hjuzu/zq&#10;d59fD4tPu/Nl3x0/LM2Xq+Vid9x2j/vj84flP9s/ftEsF5fr5vi4OXTH3Yfl97vL8ncff/2rr95P&#10;97use+kOj7vzAo0cL/fvpw/Ll+v1dH93d9m+7F43ly+70+6IL5+68+vmil/Pz3eP5807Wn893GWr&#10;VXX33p0fT+duu7tc8Ndv3JfLj7b9p6fd9vq3p6fL7ro4fFiC29X+e7b/PtC/dx+/2tw/nzenl/3W&#10;09j8CBavm/0RN+2b+mZz3SzezvtRU6/77bm7dE/XL7fd61339LTf7mwf0BuzGvTm23P3drJ9eb5/&#10;fz71ZoJpB3b60c1u//rp2/PpH6fvzo49fvxzt/3XBXa5ez8938ff0+/PDrx4eP9L9wg9N2/Xznb8&#10;89P5lZpAlxafrX2/7+27+3xdbPHHMmvWZblcbPFVkdU5frb2375AJLrKrKp1vlzg67yp8vDlH/zl&#10;TY7v6Nqqrum7u829u6tl6pl9/Oq0397jf28t/DSy1vSowlXXt/Nu6Rt5ndXG6+b8r7fTFxD2tLnu&#10;H/aH/fV7O0hhICJ1/PTdfkuGpl9g2O/Oi/0jLLFcHDevsOVjt728bE67NXUuYNwVG+qRFWZx7L5+&#10;2Ryfd7+/nDC6YTNcHv50PnfvL7vN44X+TBbirdhfGYuHw/70x/3hQMrRz76/cJDBABNM5gbvN932&#10;7XV3vDpvPO8O6Hp3vLzsT5fl4ny/e33YoY/nPz1aQpv7y3n7d/C2ul+u5911+0I3fwIJ/3fI2n9h&#10;Gd9IUncuGKuTw8+Y1RqGoXHWj7IwCs3KD0GT8WEEI58v12933euCfgBrELWDe/PpzxeiDGoBQqSP&#10;HdnOduVwZH8AkP5i6RNh/yP4U2RCqLsEU+O3kbF/kDf/g4YMWFKzt0FVDQeVsbHOg4K/X2Jnt5e7&#10;bwg2z86CwwY7q+66ud++OTuTzYJtETsfYWX60/Oj94gWIfvp9YCI/NsvFqsFVM2ahQsS1uo3IMR2&#10;wN/cLdrV4n1Bdx9gsoCxjeVNbRa3MHNrCkGmb8qCXhY+4MTM4LUxs1VTr2VmGGx9c20hM4NaUWP5&#10;Os9FZnWAoZMWJDLDEzdqzKzqKpeZrQOQbNbIzDBs4taKVbEWqZlYAIsSuRmuAcitjEzOxDK0JlPo&#10;cRkKs25kerEKFiXT40LQSKsVerEWrakUelyLIs8VerEUFiXSy7gYsF6tuEMWy9FmmkNwNYrSyB6R&#10;xVpYlEyPi2FWTaGIm8VytJniFRlXAzeWrYcwfnMxi5LpcTFS9GI5WoQcMZzkXI2iaGpx7OWxFhYl&#10;0su5GKBXZfLYo2nQLaTkimvkXI2iWMlBJY+1sCiZHheD6JUKvViONldcI+dqFDmGshiNYy0sSqRX&#10;cDES9IpYjrZQXKPgamAWUYn0ilgLi5LpcTGInuIaRSxHWyiuUXA1inyVyfRiLSxKpsfFwOQpU54Z&#10;RSxHWyiuUXI1CtPIY6+MtbAokV7JxcA0oFBco4zlaEvFNUquRmEKWVzKVXpHsyiZHhfD4L9Cdo0y&#10;lqPFkBIDS8nVKEy5EsUtYy0sSqRXcTHATptEVbEcbaW4RsXVwI3lsYcELrYeUDI9LgboobviHK+K&#10;5WgrxTUqrgboyYGlirWwKJkeFwP0qkqhF8vRVopr1FwN3FieUNWxFhYl0qu5GKDXKNarYznaWnGN&#10;mquBG5fi2KtjLSxKpsfFAL218tRASn8bLW2tuEbN1YBPKtaLtbAokV7DxYBnrBRxm1iOFjYWPbfh&#10;auDG8pSgibWwKJkeFwP0EDJE12hiOdpGcY2GqwHZFHqxFhYl0+NiUFxR4l4Ty9E2imusuRqFgYtL&#10;UwLK7KOwDJRIb83FMCZfKSka1Zz6Btu14hprrgboyYFlHWthUTI9LgboabPldSxHu1ZcY83VKAxc&#10;XLRerIVFifTMiquBZ1qhuK5ZxYK0uFL2DmTvwc42Ay8yLR1axYJYmMKRSwKOCPaig9iiz01jzCA0&#10;jlyWIkOvJTMi+QqdQfpsYQpHrgtx1HLKVSwN7Kj4CeY/4dbejqXsKAi3AWg5AiZzHKblBtVZxY6D&#10;vFxNzA2XpsgqOdbgcc84AqZw5MLAjpkyhTYmlqbFE1vR2nBp0GnZZfDUYhwBkzkOE3QD91fsyDN0&#10;PHgUjtnQZ5SptOFJegaYwpELAzvCX2Wf4Wm60fJ0M0zU6Tkg+gzP1AmmcOTCIDZqhQ6TxdKgTqT5&#10;zDBbzxq51mF4uk4wmeMwXzdZpjxeDE/YjZax4wkQhpnz69wosYfn7ARTOA59JkMJRdY65z6jpe1m&#10;lLcrE0STx8JQFV7hOMzcMZqU5A7eFOxDFUsMXMVnhsk7El95PPLsnWCyHQsuDGY6qB3LduT5Ox6a&#10;GkcuTVEgpRV9poiFsTCF49BnsMCmcYylgR01nxmm8YX2nOF5PMFkjqNEPms0rXkmTzmmOOM2w1y+&#10;KOVSAxKZaPBgLqPFx5ILQ9NGbd7D03mj5fPIQMOtnV/TTErUmmf0BJPtOErpc61eY3hOb7Sk3gyz&#10;epTaZI48rSeYwnHoMzmgss/wxJ6m/bLWw9S+QJQS7chze4IpHLkwiTm4qbjPaOm9Geb3RS5nqIYn&#10;+ASTOY4y/LzUYg9P8SkBkO04TPILpbhpeJZPMIXjyGcwjZO15nm+0RJ9M8z0C21uVsfCFASTOY5y&#10;/VxbsTM82aeKimzHYbpf1Ipf83yfYArHoc8UmF/LduQZv9FSfjPM+UujjMeGPWcIpnAc+gzWqzSO&#10;sTSt0fJ+M0z8SzzZRb/mmT/BZI6j1J9MLtuR5/5GS/7NMPsvMHpkjvw5A5jCcegzJXIAhWMsTWu0&#10;CgAWP/lzJleqY2YdC1MQTOSIDVasQeRq2vwRu5cClOZmuFL2mWxYA9BWbDNeAyCYwnHkM1qRLKON&#10;H7caQKbVAFAEDDj3vNYWvTNeAyCYwpELk3jOZLwGkGk1gGxQA1D3DGSsBqDvGshGNQCzVp4zGa8B&#10;4EpF60ENQN1xkbEaAN9zgZ00/b6QzYvbhoMNJJ+Pfq8IflpgOxTtNaOtI6fuQhvJWoxGbP5p7R4Q&#10;NAEUfauAMSwIHHYDpcFwHQLDrG5DUBpNprJwu9VtkglVLizc7gGbhFMRgeDI/eeQoXzewuf1lFJr&#10;giMjntM6ZbkWPq+rlHBa+LyuUu5HcKRsc8hQGmbh87pKy5oERyIzp3VKTix8XlcpT7DweV2lKTvB&#10;3Q7IyUFAs2cLn9dVmsgSHPPPOV2lOaWFz+sqTe8sfF5XaaZFcEyQ5pChSY+Fz+sqLTsQHNOGOa37&#10;ractCviz4L6reJjOgdsqObExeLLNu8D3lkrN8y7w/aW676wL+uiEADzvAt9nqojOuiBEKCpPzrsg&#10;dLrfnDkRYEOUosLdrDuEOGVQRZt3Qeg0SlqzLgixyswMVlgScAMV64Uz7xCUnhmwTIhYVAaZ1YcQ&#10;s7A+Pe+CELXMzLBlQtwyyNZnUQqRi1LnWReE2EV57LwLgtJIKmddEOIXNrjMvCAojXRr3h2C0jOD&#10;mAlRDCvt8+5Ay4s2Ls0MZHaqTxfQFH1OH+y8210wr9N2EmwvmBnI7IzUXcA67Z6dfqZIu7mHx0DO&#10;ywWOgTxQNzB33Fxpghl+XLx/WNo9zC/uxAH9/bX7tGs7i7jSPBPrp9Z4dnM17nb7/nCMcTlV7EGw&#10;8QYL34bPk20t806HpQVn1/B1+HQwm9OjMZSakjBaOgIMCxNJHFWsCIZKQao5Wu8AjDimYMh0gKL+&#10;plDulmS9FAqZHdpC7p5E+Ylk2XtUsFb4dFbzc4eqSGuA3Uf2rlUfZEIz4dOLgHaIXdUH1PB9+Aw4&#10;N0Kq/uERvg+fAefby4pkb5GCu/uuJvrhoyWKJOn2qA6JfpRYxEtpgWqiw/VThcA/fPp+BNxqoh8e&#10;VyBeJe9bObsUeL7Mwk3ZmYpNNELRbqq9jBYMCYc13STOh88M7aZwKLLY9rAwm8ZRzRX3xeJoEofV&#10;b4+b8KHM2S9r0v3FCp1vLzz6gq7h0+lbeP/IUBBL9Re7HFx7/WMotBM+fXte32ydHn+Ff5hP4qgo&#10;S/ab4kf1TotLR8ci6DsRXkoqbFnd0v0oqXAzQ9/Sz82nxkEZ4vIUP1q3mWGXkgrvFpceLyXVYoHL&#10;UfhLjYOK6ngWlx73lUHRzeLS0b6iBWiLS/OjOO9w6fFcez3yibhR09ol3XfiaVSHZzjsmLJL7ae/&#10;OcZrGuf7MRE36so9LfN+nhj8LHw6f6tzZ2ccB0jflzYjoL84yzOBc+O5QNE02Q8fhwoUONM4F4ew&#10;G3wC58ZVMRGfa6otUj8QL5P3pVruDFxFawuEm+BX+fnGFK6khQVqD8+bFL8y6IZxmMTRPiBqrz8j&#10;G/QPn24clL4YWKA/yfb8uC8R95O4MN/os7lwv/Dp71u78VdO+FGIQ2WfioV2wqdvj9b10N9yYvpa&#10;BtyEf5R47tr2Jp7npS8ulRO4yj8XSoyHlP0qqr/bfqT1qLxuJeyYbM/PX0os9qZxbtyXeL4mcbQH&#10;hvhN4py/TeNcXJvsRxh/U/ajTRbEb2I+Wfn5RoXFoGR/aZEc7VUT8ary8w3SL9keLcRSe1M4Wpsj&#10;HOpaqfZq2pNIOOxXSeJozx3hsHkiiaN9WISbiBu1L25N4nq7pO/b+OdviQpVil/j+1FM+LnN2NGP&#10;qdyy8X40lak2tLCJ9qbyXpyytbipNLqm9Ti0N5WVh/nLRJJP7kPNTZQMCloaBiz9TB1WM0Kk3R66&#10;y86JQzUSdw4+FEuoxhId5750h/1jeKXA5fz88PXhvPi0wes3snq9/iY4HYMph+fDKXR3tv2he/we&#10;J//PHQ7mY6jinSP44aU7/2e5eMf7Oz4sL/9+29ArGw5/OuJI/Rpb7wC72l+QjGCasDjH3zzE32yO&#10;WzT1YXldYjGRfvz6it9wydvpvH9+wZ2MXV48dr/HCy+e9vZlAMTPsYJF6Bec6v/5vX4CA4O/fsLV&#10;3PibI1Ac+7m/f8KG5//b+ydWa9RnyOOw+cwGwM19eC8CDpC515jcSuvh5Snh5RI///dPUFQfDCsr&#10;ALkJ3lLhXjMBNX7yCyiwIRm3IkPT1hIEqcjQUIBeF9M/cYOZ43j1g14/gQ0/eAlFjqq/vdHtnRGI&#10;6beNJbT1xWUH8QsjML1zEH9mAyd2b5RvLeEp0rdE32NHieMft4WpSdSWZSTzwlysb82+fGLMC4Mx&#10;agu3rEVemEX0LVmQxAsGj9pK8MLcpW/NvnpizItGUNQY7tmIxOh52rdlURIz2DBujahhJ7woZayA&#10;e/GEQI4rgORSVpNtbLEokRzXALRo641ILpahtQdbBHJcBtw2ly0Xq2BREjl6cEY6EDns95PIUUWy&#10;V6K1J1rG5EbnWXBWGqp51735weA4C1AiOa4DkcPGU5Ecc4WMthgL5LgQsIlCLpbBokRyXIcUuVgJ&#10;98KJMbnRCRaF3OAAi2I5KhsOZG1ky/HTK/bwikCOC6FajqrM/RhRLUe1jpnkYiXcyyYEclwInVws&#10;g0pudGAlX+PgjzTmKFXqO+teNTEmNzysoo05flaFUNKYG51U0cnFSrgXTQjkuBCwiRxK+CEVQonk&#10;uA7kEMqYE14zMSY3PJ6ikeOnUzRyVGcYjDkllPCjKfZkikBu5BBGjHP8WAp2a4qWGx9K0eIclZ9v&#10;Y84eSRHIcSEg60omN3AI2m89no2MT6Ngh7LoEPwwij2LMiY3PImC3QAiOUq4+57iEUKbbwVyXAca&#10;c8rji59CsYdQBHJDh1CmS/wECk2qRHJcByKnPPiputp31r1cYkxuePYEGy9Ey9GSb98YLEfHEcaW&#10;Gx880aZMtDTXt+deLSGQ40LgtnIoofXPvjGLEslxHWi0Kd7KD5zY8yYCOS6ETi6WQSU3Pmqi5Q38&#10;pIk9aDImR5U0Z5F06oAVIma5W+6AGs0vm6i13d9+If2XTdSjTfRhW+LMXYm/bKLWhpjfu9D2a17p&#10;Pa3/k03UP3nvGwLRAlvf8GCQdr4hSqO0EtYEtX1vrjQTir6hnhw+3Qqew6RXCTCpoUJOuF1oIHy6&#10;hvxKQr9nMHwbPj0K0TQuCoVvw6dH4fkyA+V52ewVBg9thE/fFgw5oy2PSi9T+/2GU3107NMrSH7D&#10;RXpJwK+ep/cYYYhQB9Mye3XSqzzensmVIK9MEsNHZ5Djl3WMH7COYV+qjbeO29Ue/4Z0eq15/Ltd&#10;97i9x/3jfwEAAP//AwBQSwMECgAAAAAAAAAhANQRcHsMAgAADAIAABQAAABkcnMvbWVkaWEvaW1h&#10;Z2UxLnBuZ4lQTkcNChoKAAAADUlIRFIAAAAOAAAAEQgGAAAA7cidnwAAAAZiS0dEAP8A/wD/oL2n&#10;kwAAAAlwSFlzAAAOxAAADsQBlSsOGwAAAaxJREFUKJFj+P//P8P///8ZHn78qWy96MaLyA33jvz6&#10;+48VJo4LMzFAQefxl71vvv8VP/fyu/X2ux/DGQgAJgYGBoZLr76b7X342R8m2HH8Zd/ZF99sCGqc&#10;c/FNObLgux9/RaM3PThcd+jZrJ9//nFg08j48ssvKYdltx//Q3I2MjAQ5zw+11POnZuN+TOKjVvv&#10;forApYmBgYHhwsvvlnm7n6z98+8/C4rGI4+/eODzCwMDA8PRp19dJ5153YSi8da7n7qENDIwMDDM&#10;u/im9PmX37JwjW9//BEjRuOf/wwsBx999oZrZGFi/E2MRgYGBoZLr3+YwTXK8LLeJ1bj5VffTeEa&#10;dUU5TxOr8e6Hn1pff//jYWBgYGDKMxGtUxVkv0qMxn//GZiuvIbYytzb1vwhRENwjqYIxwU+duYP&#10;X3//4//w868wLs1CHCyvrWV4djP+//8fQ/Ll19/SCy69LZp/+V0RuhwXK9OXVQGK5lg1wkDe7sdr&#10;d93/HATjMzIw/NcQ5rjorMC7kQWnLgYGBn0xzhP7Hnz2c1HkW++tzLfcVJL7oAAH8zsGBgYGAAGI&#10;xf6qhf41AAAAAElFTkSuQmCCUEsDBAoAAAAAAAAAIQB4SRcCrwIAAK8CAAAUAAAAZHJzL21lZGlh&#10;L2ltYWdlMi5wbmeJUE5HDQoaCgAAAA1JSERSAAAAFgAAABUIBgAAAEIgHpUAAAAGYktHRAD/AP8A&#10;/6C9p5MAAAAJcEhZcwAADsQAAA7EAZUrDhsAAAJPSURBVDiNrdRNaBNBFAfwN22+upsaqknRtdhC&#10;ehGqSBESFKV4UBAvYgXRQz2oEKUKopRWRCje9FQQrKIFDQYJaA4iEUoXD7mE1KTFxho0hZAv23w1&#10;yZrNbmbHg6ZIzDa7xT8MDDPzfjwYeEAIgWZLxJLmnCfq835fH5YkCcm9k1ttIJNA6ufR4I/KoRuz&#10;cfdtNuHkRMko97ZZZGFPpDBS37/7Vjx/5k103p/khpTCiBDyz2FJwKYjLyMpHpOOxrtrg+bJ0YPd&#10;97bUsXu5cKkZCgDwdCE7tl7FXaphAROd83PuulyBgIl+dqV4WjXsiRRGkmVxz2ZF4Sw/qAoWsKSf&#10;DmUmWhUVeLxDFewK5x2JktjXEq7i7YphTpSMj4OZO60KAACSJbFXMexayl3N89isBI4Vhf5qTTK0&#10;hDkBdz5fzN5SggIAYALtC6sVe0t4OpSZyPHYohQG+P0fm8KJktA7s5i7qQYFAPBGi2fffi1cJISg&#10;prB7uXBZlIhOLUwA0PjH5MwVb+x9JMfva7xvp044Hq5VarvUwvXEimK/K5x3+JPckF6DeGuX/gtC&#10;iKADz8JcpUaorcKN2W/p8D84tvsCejS/encqsDb5v2AAgJ20Jo4IIfAhWhweYxMv5CaakjBGbczG&#10;UHM2hmZtDM1uzOP7vvSUcyk3CgCAAMiAxRCgtG3lT+nK4Wafa6E0KRtDsXaGnrMxNNvTqV1BCG0M&#10;d019UxawacBiCJyyml6dtG573U1rkwAA6bLY8ySUGffFueN7zYag/U9XfSZd5G+oMb8AtZk7z5hF&#10;zEgAAAAASUVORK5CYIJQSwMEFAAGAAgAAAAhAJqq0jzfAAAACAEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj0FLw0AUhO+C/2F5gje7idHYxLyUUtRTEWwF8bbNviah2bchu03Sf+960uMww8w3xWo2nRhp&#10;cK1lhHgRgSCurG65Rvjcv94tQTivWKvOMiFcyMGqvL4qVK7txB807nwtQgm7XCE03ve5lK5qyCi3&#10;sD1x8I52MMoHOdRSD2oK5aaT91GUSqNaDguN6mnTUHXanQ3C26SmdRK/jNvTcXP53j++f21jQry9&#10;mdfPIDzN/i8Mv/gBHcrAdLBn1k50CFmUxCGKkKYggp8t0wcQB4SnJANZFvL/gfIHAAD//wMAUEsD&#10;BBQABgAIAAAAIQAubPAAxQAAAKUBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc7yQwYrC&#10;MBCG7wv7DmHu27Q9LLKY9iKCV3EfYEimabCZhCSKvr2BZUFB8OZxZvi//2PW48Uv4kwpu8AKuqYF&#10;QayDcWwV/B62XysQuSAbXAKTgitlGIfPj/WeFiw1lGcXs6gUzgrmUuKPlFnP5DE3IRLXyxSSx1LH&#10;ZGVEfURLsm/bb5nuGTA8MMXOKEg704M4XGNtfs0O0+Q0bYI+eeLypEI6X7srEJOlosCTcfi37JvI&#10;FuRzh+49Dt2/g3x47nADAAD//wMAUEsBAi0AFAAGAAgAAAAhALGCZ7YKAQAAEwIAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAA7AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAih0WtF0SAAAPXgAA&#10;DgAAAAAAAAAAAAAAAAA6AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAKAAAAAAAAACEA1BFwewwCAAAM&#10;AgAAFAAAAAAAAAAAAAAAAADDFAAAZHJzL21lZGlhL2ltYWdlMS5wbmdQSwECLQAKAAAAAAAAACEA&#10;eEkXAq8CAACvAgAAFAAAAAAAAAAAAAAAAAABFwAAZHJzL21lZGlhL2ltYWdlMi5wbmdQSwECLQAU&#10;AAYACAAAACEAmqrSPN8AAAAIAQAADwAAAAAAAAAAAAAAAADiGQAAZHJzL2Rvd25yZXYueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAC5s8ADFAAAApQEAABkAAAAAAAAAAAAAAAAA7hoAAGRycy9fcmVscy9lMm9E&#10;b2MueG1sLnJlbHNQSwUGAAAAAAcABwC+AQAA6hsAAAAA&#10;">
+              <v:group w14:anchorId="37CA72F7" id="Group 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:451.55pt;margin-top:3.3pt;width:41.65pt;height:33.65pt;z-index:251658240" coordorigin="10693,3863" coordsize="833,677" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQCKHRa0XRIAAA9eAAAOAAAAZHJzL2Uyb0RvYy54bWzsXGtv68YR/V6g/0HQ&#10;xxaJtXzLyL1FkbRBgT6Clv0BsizbQmVRleTrm/76ntkHtUPOLJmkKBAgAXJlW4fLs3N2hjuzu/zq&#10;d59fD4tPu/Nl3x0/LM2Xq+Vid9x2j/vj84flP9s/ftEsF5fr5vi4OXTH3Yfl97vL8ncff/2rr95P&#10;97use+kOj7vzAo0cL/fvpw/Ll+v1dH93d9m+7F43ly+70+6IL5+68+vmil/Pz3eP5807Wn893GWr&#10;VXX33p0fT+duu7tc8Ndv3JfLj7b9p6fd9vq3p6fL7ro4fFiC29X+e7b/PtC/dx+/2tw/nzenl/3W&#10;09j8CBavm/0RN+2b+mZz3SzezvtRU6/77bm7dE/XL7fd61339LTf7mwf0BuzGvTm23P3drJ9eb5/&#10;fz71ZoJpB3b60c1u//rp2/PpH6fvzo49fvxzt/3XBXa5ez8938ff0+/PDrx4eP9L9wg9N2/Xznb8&#10;89P5lZpAlxafrX2/7+27+3xdbPHHMmvWZblcbPFVkdU5frb2375AJLrKrKp1vlzg67yp8vDlH/zl&#10;TY7v6Nqqrum7u829u6tl6pl9/Oq0397jf28t/DSy1vSowlXXt/Nu6Rt5ndXG6+b8r7fTFxD2tLnu&#10;H/aH/fV7O0hhICJ1/PTdfkuGpl9g2O/Oi/0jLLFcHDevsOVjt728bE67NXUuYNwVG+qRFWZx7L5+&#10;2Ryfd7+/nDC6YTNcHv50PnfvL7vN44X+TBbirdhfGYuHw/70x/3hQMrRz76/cJDBABNM5gbvN932&#10;7XV3vDpvPO8O6Hp3vLzsT5fl4ny/e33YoY/nPz1aQpv7y3n7d/C2ul+u5911+0I3fwIJ/3fI2n9h&#10;Gd9IUncuGKuTw8+Y1RqGoXHWj7IwCs3KD0GT8WEEI58v12933euCfgBrELWDe/PpzxeiDGoBQqSP&#10;HdnOduVwZH8AkP5i6RNh/yP4U2RCqLsEU+O3kbF/kDf/g4YMWFKzt0FVDQeVsbHOg4K/X2Jnt5e7&#10;bwg2z86CwwY7q+66ud++OTuTzYJtETsfYWX60/Oj94gWIfvp9YCI/NsvFqsFVM2ahQsS1uo3IMR2&#10;wN/cLdrV4n1Bdx9gsoCxjeVNbRa3MHNrCkGmb8qCXhY+4MTM4LUxs1VTr2VmGGx9c20hM4NaUWP5&#10;Os9FZnWAoZMWJDLDEzdqzKzqKpeZrQOQbNbIzDBs4taKVbEWqZlYAIsSuRmuAcitjEzOxDK0JlPo&#10;cRkKs25kerEKFiXT40LQSKsVerEWrakUelyLIs8VerEUFiXSy7gYsF6tuEMWy9FmmkNwNYrSyB6R&#10;xVpYlEyPi2FWTaGIm8VytJniFRlXAzeWrYcwfnMxi5LpcTFS9GI5WoQcMZzkXI2iaGpx7OWxFhYl&#10;0su5GKBXZfLYo2nQLaTkimvkXI2iWMlBJY+1sCiZHheD6JUKvViONldcI+dqFDmGshiNYy0sSqRX&#10;cDES9IpYjrZQXKPgamAWUYn0ilgLi5LpcTGInuIaRSxHWyiuUXA1inyVyfRiLSxKpsfFwOQpU54Z&#10;RSxHWyiuUXI1CtPIY6+MtbAokV7JxcA0oFBco4zlaEvFNUquRmEKWVzKVXpHsyiZHhfD4L9Cdo0y&#10;lqPFkBIDS8nVKEy5EsUtYy0sSqRXcTHATptEVbEcbaW4RsXVwI3lsYcELrYeUDI9LgboobviHK+K&#10;5WgrxTUqrgboyYGlirWwKJkeFwP0qkqhF8vRVopr1FwN3FieUNWxFhYl0qu5GKDXKNarYznaWnGN&#10;mquBG5fi2KtjLSxKpsfFAL218tRASn8bLW2tuEbN1YBPKtaLtbAokV7DxYBnrBRxm1iOFjYWPbfh&#10;auDG8pSgibWwKJkeFwP0EDJE12hiOdpGcY2GqwHZFHqxFhYl0+NiUFxR4l4Ty9E2imusuRqFgYtL&#10;UwLK7KOwDJRIb83FMCZfKSka1Zz6Btu14hprrgboyYFlHWthUTI9LgboabPldSxHu1ZcY83VKAxc&#10;XLRerIVFifTMiquBZ1qhuK5ZxYK0uFL2DmTvwc42Ay8yLR1axYJYmMKRSwKOCPaig9iiz01jzCA0&#10;jlyWIkOvJTMi+QqdQfpsYQpHrgtx1HLKVSwN7Kj4CeY/4dbejqXsKAi3AWg5AiZzHKblBtVZxY6D&#10;vFxNzA2XpsgqOdbgcc84AqZw5MLAjpkyhTYmlqbFE1vR2nBp0GnZZfDUYhwBkzkOE3QD91fsyDN0&#10;PHgUjtnQZ5SptOFJegaYwpELAzvCX2Wf4Wm60fJ0M0zU6Tkg+gzP1AmmcOTCIDZqhQ6TxdKgTqT5&#10;zDBbzxq51mF4uk4wmeMwXzdZpjxeDE/YjZax4wkQhpnz69wosYfn7ARTOA59JkMJRdY65z6jpe1m&#10;lLcrE0STx8JQFV7hOMzcMZqU5A7eFOxDFUsMXMVnhsk7El95PPLsnWCyHQsuDGY6qB3LduT5Ox6a&#10;GkcuTVEgpRV9poiFsTCF49BnsMCmcYylgR01nxmm8YX2nOF5PMFkjqNEPms0rXkmTzmmOOM2w1y+&#10;KOVSAxKZaPBgLqPFx5ILQ9NGbd7D03mj5fPIQMOtnV/TTErUmmf0BJPtOErpc61eY3hOb7Sk3gyz&#10;epTaZI48rSeYwnHoMzmgss/wxJ6m/bLWw9S+QJQS7chze4IpHLkwiTm4qbjPaOm9Geb3RS5nqIYn&#10;+ASTOY4y/LzUYg9P8SkBkO04TPILpbhpeJZPMIXjyGcwjZO15nm+0RJ9M8z0C21uVsfCFASTOY5y&#10;/VxbsTM82aeKimzHYbpf1Ipf83yfYArHoc8UmF/LduQZv9FSfjPM+UujjMeGPWcIpnAc+gzWqzSO&#10;sTSt0fJ+M0z8SzzZRb/mmT/BZI6j1J9MLtuR5/5GS/7NMPsvMHpkjvw5A5jCcegzJXIAhWMsTWu0&#10;CgAWP/lzJleqY2YdC1MQTOSIDVasQeRq2vwRu5cClOZmuFL2mWxYA9BWbDNeAyCYwnHkM1qRLKON&#10;H7caQKbVAFAEDDj3vNYWvTNeAyCYwpELk3jOZLwGkGk1gGxQA1D3DGSsBqDvGshGNQCzVp4zGa8B&#10;4EpF60ENQN1xkbEaAN9zgZ00/b6QzYvbhoMNJJ+Pfq8IflpgOxTtNaOtI6fuQhvJWoxGbP5p7R4Q&#10;NAEUfauAMSwIHHYDpcFwHQLDrG5DUBpNprJwu9VtkglVLizc7gGbhFMRgeDI/eeQoXzewuf1lFJr&#10;giMjntM6ZbkWPq+rlHBa+LyuUu5HcKRsc8hQGmbh87pKy5oERyIzp3VKTix8XlcpT7DweV2lKTvB&#10;3Q7IyUFAs2cLn9dVmsgSHPPPOV2lOaWFz+sqTe8sfF5XaaZFcEyQ5pChSY+Fz+sqLTsQHNOGOa37&#10;ractCviz4L6reJjOgdsqObExeLLNu8D3lkrN8y7w/aW676wL+uiEADzvAt9nqojOuiBEKCpPzrsg&#10;dLrfnDkRYEOUosLdrDuEOGVQRZt3Qeg0SlqzLgixyswMVlgScAMV64Uz7xCUnhmwTIhYVAaZ1YcQ&#10;s7A+Pe+CELXMzLBlQtwyyNZnUQqRi1LnWReE2EV57LwLgtJIKmddEOIXNrjMvCAojXRr3h2C0jOD&#10;mAlRDCvt8+5Ay4s2Ls0MZHaqTxfQFH1OH+y8210wr9N2EmwvmBnI7IzUXcA67Z6dfqZIu7mHx0DO&#10;ywWOgTxQNzB33Fxpghl+XLx/WNo9zC/uxAH9/bX7tGs7i7jSPBPrp9Z4dnM17nb7/nCMcTlV7EGw&#10;8QYL34bPk20t806HpQVn1/B1+HQwm9OjMZSakjBaOgIMCxNJHFWsCIZKQao5Wu8AjDimYMh0gKL+&#10;plDulmS9FAqZHdpC7p5E+Ylk2XtUsFb4dFbzc4eqSGuA3Uf2rlUfZEIz4dOLgHaIXdUH1PB9+Aw4&#10;N0Kq/uERvg+fAefby4pkb5GCu/uuJvrhoyWKJOn2qA6JfpRYxEtpgWqiw/VThcA/fPp+BNxqoh8e&#10;VyBeJe9bObsUeL7Mwk3ZmYpNNELRbqq9jBYMCYc13STOh88M7aZwKLLY9rAwm8ZRzRX3xeJoEofV&#10;b4+b8KHM2S9r0v3FCp1vLzz6gq7h0+lbeP/IUBBL9Re7HFx7/WMotBM+fXte32ydHn+Ff5hP4qgo&#10;S/ab4kf1TotLR8ci6DsRXkoqbFnd0v0oqXAzQ9/Sz82nxkEZ4vIUP1q3mWGXkgrvFpceLyXVYoHL&#10;UfhLjYOK6ngWlx73lUHRzeLS0b6iBWiLS/OjOO9w6fFcez3yibhR09ol3XfiaVSHZzjsmLJL7ae/&#10;OcZrGuf7MRE36so9LfN+nhj8LHw6f6tzZ2ccB0jflzYjoL84yzOBc+O5QNE02Q8fhwoUONM4F4ew&#10;G3wC58ZVMRGfa6otUj8QL5P3pVruDFxFawuEm+BX+fnGFK6khQVqD8+bFL8y6IZxmMTRPiBqrz8j&#10;G/QPn24clL4YWKA/yfb8uC8R95O4MN/os7lwv/Dp71u78VdO+FGIQ2WfioV2wqdvj9b10N9yYvpa&#10;BtyEf5R47tr2Jp7npS8ulRO4yj8XSoyHlP0qqr/bfqT1qLxuJeyYbM/PX0os9qZxbtyXeL4mcbQH&#10;hvhN4py/TeNcXJvsRxh/U/ajTRbEb2I+Wfn5RoXFoGR/aZEc7VUT8ary8w3SL9keLcRSe1M4Wpsj&#10;HOpaqfZq2pNIOOxXSeJozx3hsHkiiaN9WISbiBu1L25N4nq7pO/b+OdviQpVil/j+1FM+LnN2NGP&#10;qdyy8X40lak2tLCJ9qbyXpyytbipNLqm9Ti0N5WVh/nLRJJP7kPNTZQMCloaBiz9TB1WM0Kk3R66&#10;y86JQzUSdw4+FEuoxhId5750h/1jeKXA5fz88PXhvPi0wes3snq9/iY4HYMph+fDKXR3tv2he/we&#10;J//PHQ7mY6jinSP44aU7/2e5eMf7Oz4sL/9+29ArGw5/OuJI/Rpb7wC72l+QjGCasDjH3zzE32yO&#10;WzT1YXldYjGRfvz6it9wydvpvH9+wZ2MXV48dr/HCy+e9vZlAMTPsYJF6Bec6v/5vX4CA4O/fsLV&#10;3PibI1Ac+7m/f8KG5//b+ydWa9RnyOOw+cwGwM19eC8CDpC515jcSuvh5Snh5RI///dPUFQfDCsr&#10;ALkJ3lLhXjMBNX7yCyiwIRm3IkPT1hIEqcjQUIBeF9M/cYOZ43j1g14/gQ0/eAlFjqq/vdHtnRGI&#10;6beNJbT1xWUH8QsjML1zEH9mAyd2b5RvLeEp0rdE32NHieMft4WpSdSWZSTzwlysb82+fGLMC4Mx&#10;agu3rEVemEX0LVmQxAsGj9pK8MLcpW/NvnpizItGUNQY7tmIxOh52rdlURIz2DBujahhJ7woZayA&#10;e/GEQI4rgORSVpNtbLEokRzXALRo641ILpahtQdbBHJcBtw2ly0Xq2BREjl6cEY6EDns95PIUUWy&#10;V6K1J1rG5EbnWXBWGqp51735weA4C1AiOa4DkcPGU5Ecc4WMthgL5LgQsIlCLpbBokRyXIcUuVgJ&#10;98KJMbnRCRaF3OAAi2I5KhsOZG1ky/HTK/bwikCOC6FajqrM/RhRLUe1jpnkYiXcyyYEclwInVws&#10;g0pudGAlX+PgjzTmKFXqO+teNTEmNzysoo05flaFUNKYG51U0cnFSrgXTQjkuBCwiRxK+CEVQonk&#10;uA7kEMqYE14zMSY3PJ6ikeOnUzRyVGcYjDkllPCjKfZkikBu5BBGjHP8WAp2a4qWGx9K0eIclZ9v&#10;Y84eSRHIcSEg60omN3AI2m89no2MT6Ngh7LoEPwwij2LMiY3PImC3QAiOUq4+57iEUKbbwVyXAca&#10;c8rji59CsYdQBHJDh1CmS/wECk2qRHJcByKnPPiputp31r1cYkxuePYEGy9Ey9GSb98YLEfHEcaW&#10;Gx880aZMtDTXt+deLSGQ40LgtnIoofXPvjGLEslxHWi0Kd7KD5zY8yYCOS6ETi6WQSU3Pmqi5Q38&#10;pIk9aDImR5U0Z5F06oAVIma5W+6AGs0vm6i13d9+If2XTdSjTfRhW+LMXYm/bKLWhpjfu9D2a17p&#10;Pa3/k03UP3nvGwLRAlvf8GCQdr4hSqO0EtYEtX1vrjQTir6hnhw+3Qqew6RXCTCpoUJOuF1oIHy6&#10;hvxKQr9nMHwbPj0K0TQuCoVvw6dH4fkyA+V52ewVBg9thE/fFgw5oy2PSi9T+/2GU3107NMrSH7D&#10;RXpJwK+ep/cYYYhQB9Mye3XSqzzensmVIK9MEsNHZ5Djl3WMH7COYV+qjbeO29Ue/4Z0eq15/Ltd&#10;97i9x/3jfwEAAP//AwBQSwMECgAAAAAAAAAhANQRcHsMAgAADAIAABQAAABkcnMvbWVkaWEvaW1h&#10;Z2UxLnBuZ4lQTkcNChoKAAAADUlIRFIAAAAOAAAAEQgGAAAA7cidnwAAAAZiS0dEAP8A/wD/oL2n&#10;kwAAAAlwSFlzAAAOxAAADsQBlSsOGwAAAaxJREFUKJFj+P//P8P///8ZHn78qWy96MaLyA33jvz6&#10;+48VJo4LMzFAQefxl71vvv8VP/fyu/X2ux/DGQgAJgYGBoZLr76b7X342R8m2HH8Zd/ZF99sCGqc&#10;c/FNObLgux9/RaM3PThcd+jZrJ9//nFg08j48ssvKYdltx//Q3I2MjAQ5zw+11POnZuN+TOKjVvv&#10;forApYmBgYHhwsvvlnm7n6z98+8/C4rGI4+/eODzCwMDA8PRp19dJ5153YSi8da7n7qENDIwMDDM&#10;u/im9PmX37JwjW9//BEjRuOf/wwsBx999oZrZGFi/E2MRgYGBoZLr3+YwTXK8LLeJ1bj5VffTeEa&#10;dUU5TxOr8e6Hn1pff//jYWBgYGDKMxGtUxVkv0qMxn//GZiuvIbYytzb1vwhRENwjqYIxwU+duYP&#10;X3//4//w868wLs1CHCyvrWV4djP+//8fQ/Ll19/SCy69LZp/+V0RuhwXK9OXVQGK5lg1wkDe7sdr&#10;d93/HATjMzIw/NcQ5rjorMC7kQWnLgYGBn0xzhP7Hnz2c1HkW++tzLfcVJL7oAAH8zsGBgYGAAGI&#10;xf6qhf41AAAAAElFTkSuQmCCUEsDBAoAAAAAAAAAIQB4SRcCrwIAAK8CAAAUAAAAZHJzL21lZGlh&#10;L2ltYWdlMi5wbmeJUE5HDQoaCgAAAA1JSERSAAAAFgAAABUIBgAAAEIgHpUAAAAGYktHRAD/AP8A&#10;/6C9p5MAAAAJcEhZcwAADsQAAA7EAZUrDhsAAAJPSURBVDiNrdRNaBNBFAfwN22+upsaqknRtdhC&#10;ehGqSBESFKV4UBAvYgXRQz2oEKUKopRWRCje9FQQrKIFDQYJaA4iEUoXD7mE1KTFxho0hZAv23w1&#10;yZrNbmbHg6ZIzDa7xT8MDDPzfjwYeEAIgWZLxJLmnCfq835fH5YkCcm9k1ttIJNA6ufR4I/KoRuz&#10;cfdtNuHkRMko97ZZZGFPpDBS37/7Vjx/5k103p/khpTCiBDyz2FJwKYjLyMpHpOOxrtrg+bJ0YPd&#10;97bUsXu5cKkZCgDwdCE7tl7FXaphAROd83PuulyBgIl+dqV4WjXsiRRGkmVxz2ZF4Sw/qAoWsKSf&#10;DmUmWhUVeLxDFewK5x2JktjXEq7i7YphTpSMj4OZO60KAACSJbFXMexayl3N89isBI4Vhf5qTTK0&#10;hDkBdz5fzN5SggIAYALtC6sVe0t4OpSZyPHYohQG+P0fm8KJktA7s5i7qQYFAPBGi2fffi1cJISg&#10;prB7uXBZlIhOLUwA0PjH5MwVb+x9JMfva7xvp044Hq5VarvUwvXEimK/K5x3+JPckF6DeGuX/gtC&#10;iKADz8JcpUaorcKN2W/p8D84tvsCejS/encqsDb5v2AAgJ20Jo4IIfAhWhweYxMv5CaakjBGbczG&#10;UHM2hmZtDM1uzOP7vvSUcyk3CgCAAMiAxRCgtG3lT+nK4Wafa6E0KRtDsXaGnrMxNNvTqV1BCG0M&#10;d019UxawacBiCJyyml6dtG573U1rkwAA6bLY8ySUGffFueN7zYag/U9XfSZd5G+oMb8AtZk7z5hF&#10;zEgAAAAASUVORK5CYIJQSwMEFAAGAAgAAAAhAJqq0jzfAAAACAEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj0FLw0AUhO+C/2F5gje7idHYxLyUUtRTEWwF8bbNviah2bchu03Sf+960uMww8w3xWo2nRhp&#10;cK1lhHgRgSCurG65Rvjcv94tQTivWKvOMiFcyMGqvL4qVK7txB807nwtQgm7XCE03ve5lK5qyCi3&#10;sD1x8I52MMoHOdRSD2oK5aaT91GUSqNaDguN6mnTUHXanQ3C26SmdRK/jNvTcXP53j++f21jQry9&#10;mdfPIDzN/i8Mv/gBHcrAdLBn1k50CFmUxCGKkKYggp8t0wcQB4SnJANZFvL/gfIHAAD//wMAUEsD&#10;BBQABgAIAAAAIQAubPAAxQAAAKUBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc7yQwYrC&#10;MBCG7wv7DmHu27Q9LLKY9iKCV3EfYEimabCZhCSKvr2BZUFB8OZxZvi//2PW48Uv4kwpu8AKuqYF&#10;QayDcWwV/B62XysQuSAbXAKTgitlGIfPj/WeFiw1lGcXs6gUzgrmUuKPlFnP5DE3IRLXyxSSx1LH&#10;ZGVEfURLsm/bb5nuGTA8MMXOKEg704M4XGNtfs0O0+Q0bYI+eeLypEI6X7srEJOlosCTcfi37JvI&#10;FuRzh+49Dt2/g3x47nADAAD//wMAUEsBAi0AFAAGAAgAAAAhALGCZ7YKAQAAEwIAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAA7AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAih0WtF0SAAAPXgAA&#10;DgAAAAAAAAAAAAAAAAA6AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAKAAAAAAAAACEA1BFwewwCAAAM&#10;AgAAFAAAAAAAAAAAAAAAAADDFAAAZHJzL21lZGlhL2ltYWdlMS5wbmdQSwECLQAKAAAAAAAAACEA&#10;eEkXAq8CAACvAgAAFAAAAAAAAAAAAAAAAAABFwAAZHJzL21lZGlhL2ltYWdlMi5wbmdQSwECLQAU&#10;AAYACAAAACEAmqrSPN8AAAAIAQAADwAAAAAAAAAAAAAAAADiGQAAZHJzL2Rvd25yZXYueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAC5s8ADFAAAApQEAABkAAAAAAAAAAAAAAAAA7hoAAGRycy9fcmVscy9lMm9E&#10;b2MueG1sLnJlbHNQSwUGAAAAAAcABwC+AQAA6hsAAAAA&#10;">
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
                 <v:shape id="docshape9" o:spid="_x0000_s1027" type="#_x0000_t75" style="position:absolute;left:11091;top:4355;width:105;height:127;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB76J3kxAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8oTezMYi1abZiJQWPIja1IO9PbLPJDb7NmS3Mf33riD0OMzMN0y6HEwjeupcbVnBNIpB&#10;EBdW11wqOHx9TBYgnEfW2FgmBX/kYJk9jFJMtL3wJ/W5L0WAsEtQQeV9m0jpiooMusi2xME72c6g&#10;D7Irpe7wEuCmkU9x/CwN1hwWKmzpraLiJ/81CvRsQef3HeN8u+r3x9y1ZvPyrdTjeFi9gvA0+P/w&#10;vb3WCmZwuxJugMyuAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHvoneTEAAAA2gAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
-                  <v:imagedata r:id="rId11" o:title=""/>
+                  <v:imagedata r:id="rId14" o:title=""/>
                 </v:shape>
                 <v:shape id="docshape10" o:spid="_x0000_s1028" style="position:absolute;left:10693;top:3863;width:833;height:677;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="833,677" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDAAHyEwwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NbsIw&#10;EITvlXgHa5F6Kw45RDRgEEJC7bFNe4DbEi9xRLwOsZufPn1dqVKPo5n5RrPZjbYRPXW+dqxguUhA&#10;EJdO11wp+Pw4Pq1A+ICssXFMCibysNvOHjaYazfwO/VFqESEsM9RgQmhzaX0pSGLfuFa4uhdXWcx&#10;RNlVUnc4RLhtZJokmbRYc1ww2NLBUHkrvqyCyx1v1fmUvoTv8m16PhZmSlajUo/zcb8GEWgM/+G/&#10;9qtWkMHvlXgD5PYHAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAwAB8hMMAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m417,l335,8,257,32,186,70r-64,52l70,186,32,257,8,335,,417r4,58l37,587r48,61l150,671r-2,-16l147,639r1,-15l151,608r18,-68l171,526r1,-11l172,504r,-11l168,461r,-22l190,368r40,-48l297,290r52,-7l375,284r46,3l428,288r7,1l450,294r7,1l468,296r5,l482,294r5,-2l497,287r5,-1l510,284r3,l532,287r31,7l578,298r13,3l603,303r13,2l638,308r10,1l710,339r42,36l757,378r8,4l768,383r-4,8l736,403r-2,1l730,406r-2,3l725,418r-2,2l715,421r-8,l692,418r-7,l594,430r-58,22l523,477r2,15l552,550r17,17l576,575r2,4l580,586r,5l584,590r5,l602,585r10,-3l625,576r5,-2l637,573r7,l645,573r3,3l652,585r6,8l668,605r6,4l682,612r4,l699,629r20,27l727,666r13,11l741,677r41,-61l810,553r17,-67l833,417r-8,-82l801,257,763,186,711,122,648,70,576,32,498,8,417,xe" fillcolor="#2799d5" stroked="f">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="335,3871;186,3933;70,4049;8,4198;4,4338;85,4511;148,4518;148,4487;169,4403;172,4378;172,4356;168,4302;230,4183;349,4146;421,4150;435,4152;457,4158;473,4159;487,4155;502,4149;513,4147;563,4157;591,4164;616,4168;648,4172;752,4238;765,4245;764,4254;734,4267;728,4272;723,4283;707,4284;685,4281;536,4315;525,4355;569,4430;578,4442;580,4454;589,4453;612,4445;630,4437;644,4436;648,4439;658,4456;674,4472;686,4475;719,4519;740,4540;782,4479;827,4349;825,4198;763,4049;648,3933;498,3871" o:connectangles="0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0"/>
                 </v:shape>
                 <v:shape id="docshape11" o:spid="_x0000_s1029" type="#_x0000_t75" style="position:absolute;left:10908;top:4366;width:166;height:159;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAfy6VpvgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LisIw&#10;FN0P+A/hCu7GVBciHaPogDAMuPC1vzR3mjrNTW3SGv16sxBcHs57sYq2Fj21vnKsYDLOQBAXTldc&#10;Kjgdt59zED4ga6wdk4I7eVgtBx8LzLW78Z76QyhFCmGfowITQpNL6QtDFv3YNcSJ+3OtxZBgW0rd&#10;4i2F21pOs2wmLVacGgw29G2o+D90VkHoro+L6dbleePt7nLt4+Z3GpUaDeP6C0SgGN7il/tHK0hb&#10;05V0A+TyCQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAAAAAA&#10;AAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAB/LpWm+AAAA2gAAAA8AAAAAAAAA&#10;AAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAADyAgAAAAA=&#10;">
-                  <v:imagedata r:id="rId12" o:title=""/>
+                  <v:imagedata r:id="rId15" o:title=""/>
                 </v:shape>
                 <v:shape id="docshape12" o:spid="_x0000_s1030" style="position:absolute;left:11380;top:4202;width:18;height:12;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="18,12" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAcePxwxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8Mw&#10;DIXvhf0Ho0FvrbMd0pLVLVthozAoLM0PELaWhMVysL027a+vDoPdJN7Te582u8kP6kwx9YENPC0L&#10;UMQ2uJ5bA83pfbEGlTKywyEwGbhSgt32YbbByoULf9G5zq2SEE4VGuhyHiutk+3IY1qGkVi07xA9&#10;Zlljq13Ei4T7QT8XRak99iwNHY6078j+1L/ewLq2+49jeWuv5WdjuWymuMpvxswfp9cXUJmm/G/+&#10;uz44wRd6+UUG0Ns7AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABx4/HDEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m5,l,5,,6r7,4l10,11r2,1l16,12r1,l18,12r,-1l17,11,16,9r,-1l15,7,12,5,10,3,7,1,6,1,5,xe" fillcolor="#2799d5" stroked="f">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="5,4202;0,4207;0,4208;7,4212;10,4213;12,4214;16,4214;16,4214;17,4214;17,4214;18,4214;18,4213;17,4213;16,4211;16,4210;15,4209;12,4207;10,4205;7,4203;6,4203;5,4202" o:connectangles="0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0"/>
                 </v:shape>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BA10880" w14:textId="77777777" w:rsidR="002F41D8" w:rsidRDefault="002F41D8" w:rsidP="006D59D3">
       <w:pPr>
         <w:ind w:left="1440" w:right="-540"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="2799D5"/>
           <w:sz w:val="60"/>
           <w:szCs w:val="60"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="77050DF1" w14:textId="77777777" w:rsidR="005A2B20" w:rsidRDefault="009B1301" w:rsidP="009B1301">
       <w:pPr>
         <w:ind w:left="630" w:right="-540"/>
@@ -1355,2283 +1358,3297 @@
           <w:color w:val="2799D5"/>
           <w:sz w:val="60"/>
           <w:szCs w:val="60"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002A472B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="2799D5"/>
           <w:sz w:val="60"/>
           <w:szCs w:val="60"/>
         </w:rPr>
         <w:t>REPORTING</w:t>
       </w:r>
       <w:r w:rsidRPr="006D59D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="2799D5"/>
           <w:sz w:val="60"/>
           <w:szCs w:val="60"/>
         </w:rPr>
         <w:t xml:space="preserve"> FORM</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E5EF92C" w14:textId="734266B1" w:rsidR="006D59D3" w:rsidRPr="00777E1B" w:rsidRDefault="006D59D3" w:rsidP="006D59D3">
+    <w:p w14:paraId="5E5EF92C" w14:textId="0B0E0B69" w:rsidR="006D59D3" w:rsidRPr="00777E1B" w:rsidRDefault="006D59D3" w:rsidP="006D59D3">
       <w:pPr>
         <w:ind w:left="1440" w:right="-540"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:color w:val="A7A9AC"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00777E1B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="A7A9AC"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00BB6CCA">
+      <w:r w:rsidR="00B06F73">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="A7A9AC"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00777E1B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="A7A9AC"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>-202</w:t>
       </w:r>
-      <w:r w:rsidR="00BB6CCA">
+      <w:r w:rsidR="00B06F73">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="A7A9AC"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-        <w:t>6</w:t>
+        <w:t>7</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-1666392009"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Cover Pages"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:p w14:paraId="0BD93C03" w14:textId="355C093C" w:rsidR="006D59D3" w:rsidRDefault="006D59D3"/>
         <w:p w14:paraId="27DFF6FD" w14:textId="0A9AA841" w:rsidR="006D59D3" w:rsidRDefault="006D59D3"/>
         <w:p w14:paraId="0F27BC66" w14:textId="2A2AEF7F" w:rsidR="006D59D3" w:rsidRDefault="006D59D3"/>
-        <w:p w14:paraId="452720E0" w14:textId="4C32967B" w:rsidR="006D59D3" w:rsidRDefault="00E70058">
+        <w:p w14:paraId="619363A6" w14:textId="6553A08D" w:rsidR="002F41D8" w:rsidRDefault="00E70058" w:rsidP="00F61DB1">
           <w:pPr>
             <w:widowControl/>
             <w:autoSpaceDE/>
             <w:autoSpaceDN/>
             <w:adjustRightInd/>
+            <w:sectPr w:rsidR="002F41D8" w:rsidSect="009609B6">
+              <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
+              <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+              <w:pgNumType w:start="0"/>
+              <w:cols w:space="720"/>
+              <w:titlePg/>
+              <w:docGrid w:linePitch="360"/>
+            </w:sectPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
               <w:lang w:val="en-CA" w:eastAsia="en-CA"/>
             </w:rPr>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3C9A4856" wp14:editId="4BC3D821">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3C9A4856" wp14:editId="4BC3D821">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-914400</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>8851265</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="7781290" cy="1206500"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="image5.png"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="1" name="image5.png"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="rId13" cstate="print"/>
+                        <a:blip r:embed="rId16" cstate="print"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="7781290" cy="1206500"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </w:r>
-          <w:r w:rsidR="006D59D3">
-[...1 lines deleted...]
-          </w:r>
         </w:p>
-        <w:p w14:paraId="619363A6" w14:textId="77777777" w:rsidR="002F41D8" w:rsidRDefault="002F41D8" w:rsidP="00170FBB">
-[...438 lines deleted...]
-        <w:p w14:paraId="02112FA7" w14:textId="334755F6" w:rsidR="00170FBB" w:rsidRPr="00170FBB" w:rsidRDefault="00170FBB" w:rsidP="00170FBB">
+        <w:p w14:paraId="02112FA7" w14:textId="334755F6" w:rsidR="00170FBB" w:rsidRDefault="00170FBB" w:rsidP="00170FBB">
           <w:pPr>
             <w:pStyle w:val="Heading1"/>
           </w:pPr>
-          <w:bookmarkStart w:id="0" w:name="_Toc89411115"/>
           <w:r w:rsidRPr="00170FBB">
             <w:lastRenderedPageBreak/>
             <w:t>Identification</w:t>
           </w:r>
-          <w:bookmarkEnd w:id="0"/>
         </w:p>
         <w:tbl>
           <w:tblPr>
             <w:tblStyle w:val="TableGrid"/>
             <w:tblW w:w="0" w:type="auto"/>
             <w:tblCellMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="72" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="72" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
-            <w:gridCol w:w="3123"/>
-[...1 lines deleted...]
-            <w:gridCol w:w="3112"/>
+            <w:gridCol w:w="3127"/>
+            <w:gridCol w:w="1563"/>
+            <w:gridCol w:w="1554"/>
+            <w:gridCol w:w="3106"/>
           </w:tblGrid>
-          <w:tr w:rsidR="00170FBB" w14:paraId="71E1729F" w14:textId="77777777" w:rsidTr="00835692">
+          <w:tr w:rsidR="00FE0B50" w14:paraId="00B286D1" w14:textId="77777777" w:rsidTr="00231E89">
             <w:trPr>
               <w:trHeight w:val="432"/>
             </w:trPr>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="9350" w:type="dxa"/>
-                <w:gridSpan w:val="3"/>
+                <w:gridSpan w:val="4"/>
               </w:tcPr>
-              <w:p w14:paraId="685DCF2A" w14:textId="77777777" w:rsidR="00170FBB" w:rsidRPr="002C0E5A" w:rsidRDefault="00170FBB" w:rsidP="009D105A">
+              <w:p w14:paraId="4EE9F6EB" w14:textId="77777777" w:rsidR="00FE0B50" w:rsidRPr="002C0E5A" w:rsidRDefault="00FE0B50" w:rsidP="00231E89">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:bCs/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="002C0E5A">
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:bCs/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>Contact Name:</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
-          <w:tr w:rsidR="00170FBB" w14:paraId="5645132B" w14:textId="77777777" w:rsidTr="00835692">
+          <w:tr w:rsidR="00FE0B50" w14:paraId="55F707D5" w14:textId="77777777" w:rsidTr="00231E89">
             <w:trPr>
               <w:trHeight w:val="432"/>
             </w:trPr>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="9350" w:type="dxa"/>
-                <w:gridSpan w:val="3"/>
+                <w:gridSpan w:val="4"/>
               </w:tcPr>
-              <w:p w14:paraId="70F731F9" w14:textId="77777777" w:rsidR="00170FBB" w:rsidRDefault="00170FBB" w:rsidP="009D105A">
+              <w:p w14:paraId="5BEAB38D" w14:textId="77777777" w:rsidR="00FE0B50" w:rsidRDefault="00FE0B50" w:rsidP="00231E89">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:bCs/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:bCs/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>Organization Name:</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
-          <w:tr w:rsidR="00835692" w14:paraId="03886569" w14:textId="77777777" w:rsidTr="00D82A4B">
+          <w:tr w:rsidR="00FE0B50" w14:paraId="56D62ECC" w14:textId="77777777" w:rsidTr="00231E89">
             <w:trPr>
               <w:trHeight w:val="432"/>
             </w:trPr>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="9350" w:type="dxa"/>
-                <w:gridSpan w:val="3"/>
+                <w:tcW w:w="4690" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
-              <w:p w14:paraId="367C1329" w14:textId="77777777" w:rsidR="00835692" w:rsidRPr="002C0E5A" w:rsidRDefault="00835692" w:rsidP="009D105A">
+              <w:p w14:paraId="00F452FF" w14:textId="77777777" w:rsidR="00FE0B50" w:rsidRPr="002C0E5A" w:rsidRDefault="00FE0B50" w:rsidP="00231E89">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:bCs/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:bCs/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>Phone Number:</w:t>
                 </w:r>
               </w:p>
-              <w:p w14:paraId="389692BE" w14:textId="35D74E78" w:rsidR="00835692" w:rsidRPr="002C0E5A" w:rsidRDefault="00835692" w:rsidP="009D105A">
+            </w:tc>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="4660" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
+                <w:tcBorders>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+              </w:tcPr>
+              <w:p w14:paraId="3820A13B" w14:textId="77777777" w:rsidR="00FE0B50" w:rsidRPr="002C0E5A" w:rsidRDefault="00FE0B50" w:rsidP="00231E89">
+                <w:pPr>
+                  <w:rPr>
+                    <w:rFonts w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                  </w:rPr>
+                  <w:t>Email:</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:tr>
+          <w:tr w:rsidR="00FE0B50" w14:paraId="47604DBC" w14:textId="77777777" w:rsidTr="00231E89">
+            <w:trPr>
+              <w:trHeight w:val="432"/>
+            </w:trPr>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="9350" w:type="dxa"/>
+                <w:gridSpan w:val="4"/>
+              </w:tcPr>
+              <w:p w14:paraId="71CE2FA8" w14:textId="4441612E" w:rsidR="00FE0B50" w:rsidRDefault="00FE0B50" w:rsidP="00231E89">
+                <w:pPr>
+                  <w:rPr>
+                    <w:rFonts w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                  </w:rPr>
+                  <w:t>Mailing Ad</w:t>
+                </w:r>
+                <w:r w:rsidR="00E2450B">
+                  <w:rPr>
+                    <w:rFonts w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                  </w:rPr>
+                  <w:t>d</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                  </w:rPr>
+                  <w:t>ress: (</w:t>
+                </w:r>
+                <w:r w:rsidRPr="002C0E5A">
+                  <w:rPr>
+                    <w:rFonts w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">Apartment, </w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                  </w:rPr>
+                  <w:t>street</w:t>
+                </w:r>
+                <w:r w:rsidRPr="002C0E5A">
+                  <w:rPr>
+                    <w:rFonts w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                  </w:rPr>
+                  <w:t>,</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> or</w:t>
+                </w:r>
+                <w:r w:rsidRPr="002C0E5A">
+                  <w:rPr>
+                    <w:rFonts w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> P.O B</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                  </w:rPr>
+                  <w:t>ox – if applicable)</w:t>
+                </w:r>
+              </w:p>
+              <w:p w14:paraId="0E074149" w14:textId="77777777" w:rsidR="00FE0B50" w:rsidRPr="002C0E5A" w:rsidRDefault="00FE0B50" w:rsidP="00231E89">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:bCs/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
               </w:p>
             </w:tc>
           </w:tr>
-          <w:tr w:rsidR="00835692" w:rsidRPr="00876117" w14:paraId="1B9D1A66" w14:textId="77777777" w:rsidTr="00835692">
+          <w:tr w:rsidR="00FE0B50" w14:paraId="0D4B2B69" w14:textId="77777777" w:rsidTr="00231E89">
             <w:trPr>
               <w:trHeight w:val="432"/>
             </w:trPr>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="9350" w:type="dxa"/>
-[...1 lines deleted...]
-                <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F"/>
+                <w:tcW w:w="3127" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="4909E4D8" w14:textId="360B95BD" w:rsidR="00835692" w:rsidRPr="00876117" w:rsidRDefault="00835692" w:rsidP="009D105A">
-[...112 lines deleted...]
-              <w:p w14:paraId="79A63B6F" w14:textId="77777777" w:rsidR="00170FBB" w:rsidRDefault="00170FBB" w:rsidP="009D105A">
+              <w:p w14:paraId="5492F252" w14:textId="77777777" w:rsidR="00FE0B50" w:rsidRDefault="00FE0B50" w:rsidP="00231E89">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:bCs/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:bCs/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>Community</w:t>
                 </w:r>
               </w:p>
-              <w:p w14:paraId="7942FFC4" w14:textId="77777777" w:rsidR="00170FBB" w:rsidRPr="002C0E5A" w:rsidRDefault="00170FBB" w:rsidP="009D105A">
+              <w:p w14:paraId="24672981" w14:textId="77777777" w:rsidR="00FE0B50" w:rsidRPr="002C0E5A" w:rsidRDefault="00FE0B50" w:rsidP="00231E89">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:bCs/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="3115" w:type="dxa"/>
+                <w:tcW w:w="3117" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
               </w:tcPr>
-              <w:p w14:paraId="1A5AF85E" w14:textId="77777777" w:rsidR="00170FBB" w:rsidRDefault="00170FBB" w:rsidP="009D105A">
+              <w:p w14:paraId="24AFFB0E" w14:textId="77777777" w:rsidR="00FE0B50" w:rsidRDefault="00FE0B50" w:rsidP="00231E89">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:bCs/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:bCs/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>Territory</w:t>
                 </w:r>
               </w:p>
-              <w:p w14:paraId="2EF6F2DC" w14:textId="77777777" w:rsidR="00170FBB" w:rsidRPr="00876117" w:rsidRDefault="00170FBB" w:rsidP="009D105A">
+              <w:p w14:paraId="0E3EFC9D" w14:textId="77777777" w:rsidR="00FE0B50" w:rsidRPr="00876117" w:rsidRDefault="00FE0B50" w:rsidP="00231E89">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00876117">
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>NT</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="3112" w:type="dxa"/>
+                <w:tcW w:w="3106" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="52CFAB0D" w14:textId="77777777" w:rsidR="00170FBB" w:rsidRPr="002C0E5A" w:rsidRDefault="00170FBB" w:rsidP="009D105A">
+              <w:p w14:paraId="216DD32D" w14:textId="77777777" w:rsidR="00FE0B50" w:rsidRPr="002C0E5A" w:rsidRDefault="00FE0B50" w:rsidP="00231E89">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:bCs/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:bCs/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>Postal Code</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
+        <w:p w14:paraId="7C899C80" w14:textId="77777777" w:rsidR="00FE0B50" w:rsidRPr="00FE0B50" w:rsidRDefault="00FE0B50" w:rsidP="00FE0B50"/>
         <w:p w14:paraId="5BEED5A3" w14:textId="6ED29CC5" w:rsidR="009B1301" w:rsidRDefault="009B1301" w:rsidP="00170FBB">
           <w:pPr>
             <w:pStyle w:val="Heading1"/>
           </w:pPr>
-          <w:bookmarkStart w:id="1" w:name="_Toc89411116"/>
           <w:r>
             <w:t>Funding Information</w:t>
           </w:r>
-          <w:bookmarkEnd w:id="1"/>
         </w:p>
-        <w:p w14:paraId="7486B4CA" w14:textId="24A68ED4" w:rsidR="009B1301" w:rsidRDefault="009B1301" w:rsidP="009B1301">
+        <w:p w14:paraId="7DE93E90" w14:textId="77DEB543" w:rsidR="004E123C" w:rsidRPr="00D41900" w:rsidRDefault="004E123C" w:rsidP="004E123C">
+          <w:pPr>
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00D41900">
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Select the fund you are </w:t>
+          </w:r>
           <w:r>
-            <w:t xml:space="preserve">Please identify which fund you are </w:t>
-[...1 lines deleted...]
-          <w:r w:rsidR="002A472B">
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
             <w:t>reporting on</w:t>
           </w:r>
-          <w:r w:rsidR="00833E29">
-[...8 lines deleted...]
-          <w:r>
+          <w:r w:rsidRPr="00D41900">
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
             <w:t>:</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="20D52748" w14:textId="77777777" w:rsidR="009B1301" w:rsidRDefault="009B1301" w:rsidP="009B1301"/>
+        <w:p w14:paraId="781214E4" w14:textId="77777777" w:rsidR="004E123C" w:rsidRDefault="004E123C" w:rsidP="004E123C">
+          <w:pPr>
+            <w:rPr>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
         <w:tbl>
           <w:tblPr>
             <w:tblStyle w:val="TableGrid"/>
-            <w:tblW w:w="0" w:type="auto"/>
+            <w:tblW w:w="13500" w:type="dxa"/>
             <w:tblBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tblBorders>
             <w:tblCellMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="72" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="72" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
-            <w:gridCol w:w="5220"/>
-            <w:gridCol w:w="4140"/>
+            <w:gridCol w:w="13500"/>
           </w:tblGrid>
-          <w:tr w:rsidR="009B1301" w14:paraId="31CBE40C" w14:textId="77777777" w:rsidTr="00BB38A4">
+          <w:tr w:rsidR="004E123C" w:rsidRPr="003F4E03" w14:paraId="0779CCCB" w14:textId="77777777" w:rsidTr="00231E89">
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="5220" w:type="dxa"/>
+                <w:tcW w:w="9360" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="6F140F9F" w14:textId="26C512B1" w:rsidR="009B1301" w:rsidRDefault="00000000" w:rsidP="009B1301">
+              <w:p w14:paraId="68B87552" w14:textId="77777777" w:rsidR="004E123C" w:rsidRPr="003F4E03" w:rsidRDefault="00E228AA" w:rsidP="00231E89">
+                <w:pPr>
+                  <w:rPr>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="24"/>
+                  </w:rPr>
+                </w:pPr>
                 <w:sdt>
                   <w:sdtPr>
-                    <w:id w:val="-935898176"/>
+                    <w:rPr>
+                      <w:sz w:val="28"/>
+                    </w:rPr>
+                    <w:id w:val="-993173545"/>
                     <w14:checkbox>
                       <w14:checked w14:val="0"/>
                       <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                       <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                     </w14:checkbox>
                   </w:sdtPr>
+                  <w:sdtEndPr/>
                   <w:sdtContent>
-                    <w:r w:rsidR="009B1301">
+                    <w:r w:rsidR="004E123C">
                       <w:rPr>
                         <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                        <w:sz w:val="28"/>
+                        <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:t>☐</w:t>
                     </w:r>
                   </w:sdtContent>
                 </w:sdt>
-                <w:r w:rsidR="009B1301">
-                  <w:t xml:space="preserve"> Community Suicide Prevention Fund</w:t>
+                <w:r w:rsidR="004E123C" w:rsidRPr="003F4E03">
+                  <w:rPr>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="24"/>
+                  </w:rPr>
+                  <w:t>Community Suicide Prevention Fund</w:t>
                 </w:r>
               </w:p>
             </w:tc>
+          </w:tr>
+          <w:tr w:rsidR="004E123C" w:rsidRPr="003F4E03" w14:paraId="5F6E61AE" w14:textId="77777777" w:rsidTr="00231E89">
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="4140" w:type="dxa"/>
+                <w:tcW w:w="9360" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="52CD8749" w14:textId="0F7BC7C1" w:rsidR="009B1301" w:rsidRDefault="009B1301" w:rsidP="009B1301"/>
-[...7 lines deleted...]
-              <w:p w14:paraId="1312C356" w14:textId="2DFF1F5F" w:rsidR="009B1301" w:rsidRDefault="00000000" w:rsidP="009B1301">
+              <w:p w14:paraId="66B240D7" w14:textId="77777777" w:rsidR="004E123C" w:rsidRPr="003F4E03" w:rsidRDefault="00E228AA" w:rsidP="00231E89">
+                <w:pPr>
+                  <w:rPr>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="24"/>
+                  </w:rPr>
+                </w:pPr>
                 <w:sdt>
                   <w:sdtPr>
-                    <w:id w:val="1357231842"/>
+                    <w:rPr>
+                      <w:sz w:val="28"/>
+                    </w:rPr>
+                    <w:id w:val="-722219871"/>
                     <w14:checkbox>
                       <w14:checked w14:val="0"/>
                       <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                       <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                     </w14:checkbox>
                   </w:sdtPr>
+                  <w:sdtEndPr/>
                   <w:sdtContent>
-                    <w:r w:rsidR="009B1301">
+                    <w:r w:rsidR="004E123C">
                       <w:rPr>
                         <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                        <w:sz w:val="28"/>
+                        <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:t>☐</w:t>
                     </w:r>
                   </w:sdtContent>
                 </w:sdt>
-                <w:r w:rsidR="009B1301">
+                <w:r w:rsidR="004E123C" w:rsidRPr="003F4E03">
+                  <w:rPr>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="24"/>
+                  </w:rPr>
+                  <w:t>Mental Wellness and Addictions</w:t>
+                </w:r>
+                <w:r w:rsidR="004E123C">
+                  <w:rPr>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="24"/>
+                  </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
-                <w:r w:rsidR="00BB38A4" w:rsidRPr="00BB38A4">
-                  <w:t xml:space="preserve">Mental Wellness and Addictions </w:t>
+                <w:r w:rsidR="004E123C" w:rsidRPr="003F4E03">
+                  <w:rPr>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="24"/>
+                  </w:rPr>
+                  <w:t>Recovery Fund</w:t>
                 </w:r>
-                <w:r w:rsidR="00BB38A4">
-[...69 lines deleted...]
-                </w:pPr>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
-        <w:p w14:paraId="2F7308BB" w14:textId="77777777" w:rsidR="009B1301" w:rsidRPr="009B1301" w:rsidRDefault="009B1301" w:rsidP="009B1301"/>
-        <w:p w14:paraId="689CE5D5" w14:textId="21389230" w:rsidR="00AE3C83" w:rsidRDefault="003D0725" w:rsidP="00156AAB">
+        <w:p w14:paraId="28A6276E" w14:textId="77777777" w:rsidR="004E123C" w:rsidRPr="00A601A3" w:rsidRDefault="004E123C" w:rsidP="004E123C">
+          <w:pPr>
+            <w:rPr>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+        <w:p w14:paraId="09436AED" w14:textId="77777777" w:rsidR="004E123C" w:rsidRDefault="004E123C" w:rsidP="004E123C">
           <w:pPr>
             <w:widowControl/>
             <w:autoSpaceDE/>
             <w:autoSpaceDN/>
             <w:adjustRightInd/>
             <w:spacing w:after="120"/>
           </w:pPr>
-          <w:r w:rsidRPr="00AC4346">
-[...3 lines deleted...]
-            <w:t>,</w:t>
+          <w:r>
+            <w:t>For fund requirements,</w:t>
           </w:r>
           <w:r w:rsidRPr="00AC4346">
-            <w:t xml:space="preserve"> please visit:</w:t>
+            <w:t xml:space="preserve"> visit:</w:t>
           </w:r>
-          <w:r w:rsidR="00BF1303">
+          <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:hyperlink r:id="rId14" w:history="1">
-            <w:r w:rsidR="00BF1303" w:rsidRPr="00BF1303">
+          <w:hyperlink r:id="rId17" w:history="1">
+            <w:r w:rsidRPr="00AB7971">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>www.hss.gov.nt.ca/funding</w:t>
             </w:r>
           </w:hyperlink>
+          <w:r>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
         </w:p>
-        <w:p w14:paraId="5F0B8078" w14:textId="67972385" w:rsidR="00AE3C83" w:rsidRDefault="00AE3C83" w:rsidP="00AE3C83">
+        <w:p w14:paraId="22186977" w14:textId="1C45A579" w:rsidR="00AE3C83" w:rsidRDefault="005C7CEF" w:rsidP="005C7CEF">
           <w:pPr>
-            <w:widowControl/>
-[...15 lines deleted...]
-            <w:pStyle w:val="Heading2"/>
+            <w:pStyle w:val="Heading1"/>
           </w:pPr>
           <w:r>
-            <w:t>REPORTING</w:t>
-[...2 lines deleted...]
-            <w:t xml:space="preserve"> INSTRUCTIONS</w:t>
+            <w:t>Reporting Instructions</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="3A554036" w14:textId="6FA8EA6C" w:rsidR="00AE3C83" w:rsidRDefault="00AE3C83" w:rsidP="00156AAB">
+        <w:p w14:paraId="6E13EA38" w14:textId="47B52301" w:rsidR="002807E8" w:rsidRDefault="00AE3C83" w:rsidP="008D163B">
           <w:pPr>
+            <w:pStyle w:val="ListParagraph"/>
             <w:widowControl/>
+            <w:numPr>
+              <w:ilvl w:val="0"/>
+              <w:numId w:val="19"/>
+            </w:numPr>
             <w:autoSpaceDE/>
             <w:adjustRightInd/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">If you </w:t>
           </w:r>
-          <w:r w:rsidR="002A472B">
-            <w:t>have accessed multiple funds</w:t>
+          <w:r w:rsidR="00136ACB">
+            <w:t>received funding</w:t>
           </w:r>
           <w:r>
             <w:t xml:space="preserve"> for </w:t>
           </w:r>
           <w:r w:rsidR="00BF1303">
             <w:t>several</w:t>
           </w:r>
           <w:r>
             <w:t xml:space="preserve"> different projects</w:t>
           </w:r>
           <w:r w:rsidR="007E3823">
-            <w:t>,</w:t>
-[...5 lines deleted...]
-            <w:t xml:space="preserve"> </w:t>
+            <w:t xml:space="preserve">, </w:t>
           </w:r>
           <w:r w:rsidR="002A472B">
-            <w:t>submit a separate financial report for each project.</w:t>
+            <w:t>submit a separate report for each project.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="28AF7478" w14:textId="77777777" w:rsidR="002807E8" w:rsidRDefault="002807E8">
+        <w:p w14:paraId="4F57E057" w14:textId="47AE86A0" w:rsidR="00CB2829" w:rsidRPr="008D163B" w:rsidRDefault="00F85E93" w:rsidP="008D163B">
           <w:pPr>
+            <w:pStyle w:val="ListParagraph"/>
+            <w:numPr>
+              <w:ilvl w:val="0"/>
+              <w:numId w:val="19"/>
+            </w:numPr>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="008D163B">
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t>Submit paper reports</w:t>
+          </w:r>
+          <w:r w:rsidR="00CB2829" w:rsidRPr="008D163B">
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> by email to </w:t>
+          </w:r>
+          <w:hyperlink r:id="rId18" w:history="1">
+            <w:r w:rsidR="00CB2829" w:rsidRPr="008D163B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>mha@gov.nt.ca</w:t>
+            </w:r>
+          </w:hyperlink>
+          <w:r w:rsidR="00CB2829" w:rsidRPr="008D163B">
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t>.</w:t>
+          </w:r>
+        </w:p>
+        <w:p w14:paraId="2791861D" w14:textId="5D5BE408" w:rsidR="0023343B" w:rsidRPr="0023343B" w:rsidRDefault="00A93A51" w:rsidP="0023343B">
+          <w:pPr>
+            <w:pStyle w:val="ListParagraph"/>
+            <w:numPr>
+              <w:ilvl w:val="0"/>
+              <w:numId w:val="19"/>
+            </w:numPr>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="008D163B">
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve">To complete an online report, </w:t>
+          </w:r>
+          <w:r w:rsidR="0023343B">
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve">click </w:t>
+          </w:r>
+          <w:hyperlink r:id="rId19" w:history="1">
+            <w:r w:rsidR="0023343B" w:rsidRPr="0023343B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Mental Wellness and Addictions Recovery Funds Reporting Form 2026-2027 – Fill out form</w:t>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="691DC3E1" w14:textId="394B7CB5" w:rsidR="00136ACB" w:rsidRDefault="00136ACB" w:rsidP="008D163B">
+          <w:pPr>
+            <w:pStyle w:val="ListParagraph"/>
             <w:widowControl/>
-            <w:autoSpaceDE/>
-[...14 lines deleted...]
-            <w:widowControl/>
+            <w:numPr>
+              <w:ilvl w:val="0"/>
+              <w:numId w:val="19"/>
+            </w:numPr>
             <w:autoSpaceDE/>
             <w:autoSpaceDN/>
             <w:adjustRightInd/>
           </w:pPr>
           <w:r>
-            <w:t xml:space="preserve">If you have any </w:t>
+            <w:t xml:space="preserve">For questions, contact </w:t>
           </w:r>
-          <w:r w:rsidR="00BF1303">
-[...5 lines deleted...]
-          <w:hyperlink r:id="rId15" w:history="1">
+          <w:hyperlink r:id="rId20" w:history="1">
             <w:r w:rsidRPr="00311515">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>mha@gov.nt.ca</w:t>
             </w:r>
           </w:hyperlink>
           <w:r>
-            <w:t xml:space="preserve"> </w:t>
+            <w:t xml:space="preserve"> .</w:t>
           </w:r>
-          <w:r w:rsidR="00BF1303">
-            <w:t>.</w:t>
+          <w:r>
+            <w:br/>
           </w:r>
         </w:p>
-        <w:p w14:paraId="28A7648B" w14:textId="66D79FF4" w:rsidR="00F558B4" w:rsidRPr="009D105A" w:rsidRDefault="00F558B4">
+        <w:p w14:paraId="5E757805" w14:textId="35F08AE5" w:rsidR="00F3027C" w:rsidRDefault="00F3027C">
           <w:pPr>
             <w:widowControl/>
             <w:autoSpaceDE/>
             <w:autoSpaceDN/>
             <w:adjustRightInd/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-              <w:szCs w:val="48"/>
+              <w:rFonts w:cstheme="minorHAnsi"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="009D105A">
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
             <w:br w:type="page"/>
           </w:r>
         </w:p>
-        <w:p w14:paraId="0EB4B25D" w14:textId="06930192" w:rsidR="00170FBB" w:rsidRDefault="00F558B4" w:rsidP="00AC4346">
+        <w:p w14:paraId="0EB4B25D" w14:textId="5FD2DC84" w:rsidR="00170FBB" w:rsidRDefault="00F558B4" w:rsidP="00AC4346">
           <w:pPr>
             <w:pStyle w:val="Heading1"/>
           </w:pPr>
-          <w:bookmarkStart w:id="2" w:name="_Toc89411117"/>
           <w:r>
             <w:lastRenderedPageBreak/>
             <w:t xml:space="preserve">Program </w:t>
           </w:r>
           <w:r w:rsidR="00170FBB">
             <w:t>Information</w:t>
           </w:r>
-          <w:bookmarkEnd w:id="2"/>
+          <w:r w:rsidR="00E86B4B">
+            <w:br/>
+          </w:r>
         </w:p>
-        <w:p w14:paraId="1ED4D018" w14:textId="77777777" w:rsidR="009B1301" w:rsidRPr="009B1301" w:rsidRDefault="009B1301" w:rsidP="009B1301"/>
-        <w:p w14:paraId="0863F4A6" w14:textId="2A397B22" w:rsidR="00170FBB" w:rsidRDefault="00170FBB" w:rsidP="00AC4346">
+        <w:p w14:paraId="0863F4A6" w14:textId="76806A16" w:rsidR="00170FBB" w:rsidRPr="001867C1" w:rsidRDefault="00170FBB" w:rsidP="001867C1">
           <w:pPr>
-            <w:pStyle w:val="Heading2"/>
+            <w:rPr>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="32"/>
+            </w:rPr>
           </w:pPr>
-          <w:bookmarkStart w:id="3" w:name="_Toc89348319"/>
-[...1 lines deleted...]
-          <w:r>
+          <w:bookmarkStart w:id="0" w:name="_Toc89348319"/>
+          <w:bookmarkStart w:id="1" w:name="_Toc89411118"/>
+          <w:r w:rsidRPr="001867C1">
+            <w:rPr>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="32"/>
+            </w:rPr>
             <w:t>Program Title</w:t>
           </w:r>
-          <w:bookmarkEnd w:id="3"/>
-[...2 lines deleted...]
-            <w:t xml:space="preserve"> (s)</w:t>
+          <w:bookmarkEnd w:id="0"/>
+          <w:bookmarkEnd w:id="1"/>
+          <w:r w:rsidR="00693377" w:rsidRPr="001867C1">
+            <w:rPr>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="32"/>
+            </w:rPr>
+            <w:t>(s)</w:t>
           </w:r>
-          <w:r w:rsidR="00BF1303">
+          <w:r w:rsidR="00BF1303" w:rsidRPr="001867C1">
+            <w:rPr>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="32"/>
+            </w:rPr>
             <w:t>:</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="452B6131" w14:textId="7DAD421E" w:rsidR="00170FBB" w:rsidRPr="00170FBB" w:rsidRDefault="00000000" w:rsidP="00170FBB"/>
+        <w:p w14:paraId="452B6131" w14:textId="7DAD421E" w:rsidR="00170FBB" w:rsidRPr="00170FBB" w:rsidRDefault="00E228AA" w:rsidP="00170FBB"/>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="3BF994A2" w14:textId="77777777" w:rsidR="00693377" w:rsidRDefault="00693377" w:rsidP="00693377">
+    <w:p w14:paraId="3B5865D6" w14:textId="411B3B05" w:rsidR="00E27B10" w:rsidRDefault="00693377" w:rsidP="00BB7768">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
-        <w:t>Program Description (s)</w:t>
+        <w:t>Program Description</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB4DD7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B842C6">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="009A4A9A" w:rsidRPr="00225E0E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Please provide concise, clear answers. Maximum word count applies where</w:t>
+      </w:r>
+      <w:r w:rsidR="00225E0E" w:rsidRPr="00225E0E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> indicated.</w:t>
+      </w:r>
+      <w:r w:rsidR="00225E0E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70C7DD45" w14:textId="06494445" w:rsidR="00693377" w:rsidRDefault="00693377" w:rsidP="00693377">
+    <w:p w14:paraId="66BA81D7" w14:textId="39FD71FD" w:rsidR="002F42CE" w:rsidRDefault="00E60BFD" w:rsidP="00AD7F07">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="10"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="002F42CE">
+        <w:t>ocation</w:t>
+      </w:r>
+      <w:r w:rsidR="00B842C6">
+        <w:t>(s)</w:t>
+      </w:r>
+      <w:r w:rsidR="002F42CE">
+        <w:t xml:space="preserve"> of program</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7F07">
+        <w:t>(s)</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2450B">
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00A62A85">
+        <w:t>activities</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7F07">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="007C63FC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="0039434D">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="0039434D">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="0039434D">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00B842C6">
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FD3C0E1" w14:textId="308DC519" w:rsidR="00AD7F07" w:rsidRDefault="00E60BFD" w:rsidP="00E27B10">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00B842C6">
+        <w:t>ate</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7F07">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00B842C6">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7F07">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B842C6">
+        <w:t xml:space="preserve"> of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00E2450B">
+        <w:t>program(s)/activities</w:t>
+      </w:r>
+      <w:r w:rsidR="00B842C6">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="007C63FC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="0039434D">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="0039434D">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00AD7F07">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="0039434D">
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48E496CB" w14:textId="5BF55A09" w:rsidR="00B842C6" w:rsidRDefault="00E60BFD" w:rsidP="00E27B10">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7F07">
+        <w:t>ctivity(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AD7F07">
+        <w:t>ies</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AD7F07">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC17D2">
+        <w:t>delivered</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7F07">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="007C63FC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="0039434D">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="0039434D">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="0039434D">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00B842C6">
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CA5375D" w14:textId="7E9DF157" w:rsidR="00B842C6" w:rsidRDefault="00E60BFD" w:rsidP="00E27B10">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00A62A85">
+        <w:t>arget audience</w:t>
+      </w:r>
+      <w:r w:rsidR="00B842C6">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">i.e., </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC17D2">
+        <w:t>age, gender, demographics</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, special consideration such as mental health and addictions challenges</w:t>
+      </w:r>
+      <w:r w:rsidR="008B4AAD">
+        <w:t>, etc.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B842C6">
+        <w:t>):</w:t>
+      </w:r>
+      <w:r w:rsidR="007C63FC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="0039434D">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="0039434D">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="0039434D">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="0007085C">
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44E0FCDF" w14:textId="2523AB9C" w:rsidR="00693377" w:rsidRDefault="0007085C" w:rsidP="00693377">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">How </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF446D">
+        <w:t xml:space="preserve">did the </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB4D21">
+        <w:t xml:space="preserve">program(s)/activities </w:t>
+      </w:r>
+      <w:r>
+        <w:t>link to mental wellness, addictions recovery, or harm reduction</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF446D">
+        <w:t>?</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7F07">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="007417D3">
+        <w:t xml:space="preserve">max </w:t>
+      </w:r>
+      <w:r w:rsidR="00900210">
+        <w:t>150</w:t>
+      </w:r>
+      <w:r w:rsidR="00E60BFD">
+        <w:t xml:space="preserve"> words</w:t>
+      </w:r>
+      <w:r w:rsidR="00E63E0D">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="540C0D3A" w14:textId="77777777" w:rsidR="00693377" w:rsidRDefault="00693377" w:rsidP="00693377"/>
+    <w:p w14:paraId="622BEC8F" w14:textId="77777777" w:rsidR="0039434D" w:rsidRDefault="0039434D" w:rsidP="00693377"/>
+    <w:p w14:paraId="1D80C82D" w14:textId="77777777" w:rsidR="0039434D" w:rsidRDefault="0039434D" w:rsidP="00693377"/>
+    <w:p w14:paraId="18283E12" w14:textId="77777777" w:rsidR="0039434D" w:rsidRDefault="0039434D" w:rsidP="00693377"/>
+    <w:p w14:paraId="67A3559C" w14:textId="77777777" w:rsidR="0039434D" w:rsidRDefault="0039434D" w:rsidP="00693377"/>
+    <w:p w14:paraId="16E902D3" w14:textId="77777777" w:rsidR="0039434D" w:rsidRDefault="0039434D" w:rsidP="00693377"/>
+    <w:p w14:paraId="6B96D627" w14:textId="77777777" w:rsidR="007C63FC" w:rsidRDefault="007C63FC" w:rsidP="00693377">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CDAC35D" w14:textId="628B95EC" w:rsidR="007C63FC" w:rsidRPr="007C63FC" w:rsidRDefault="007C63FC" w:rsidP="007C63FC">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A474AA1" w14:textId="3252DA66" w:rsidR="00E10E23" w:rsidRPr="00533A22" w:rsidRDefault="00693377" w:rsidP="00533A22">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00876117">
+        <w:lastRenderedPageBreak/>
+        <w:t>Program Evaluation</w:t>
+      </w:r>
+      <w:r w:rsidR="00E10E23" w:rsidRPr="006C4C6F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C070132" w14:textId="2FA90C21" w:rsidR="00E10E23" w:rsidRPr="00A62A85" w:rsidRDefault="00E10E23" w:rsidP="00E10E23">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">What worked well </w:t>
+      </w:r>
+      <w:r w:rsidR="001C1B6E" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>with program</w:t>
+      </w:r>
+      <w:r w:rsidR="00F20E58" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(s)</w:t>
+      </w:r>
+      <w:r w:rsidR="001112BE">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00F20E58" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>activities</w:t>
+      </w:r>
+      <w:r w:rsidR="001C1B6E" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+      <w:r w:rsidR="0030403A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0030403A">
+        <w:t>(max 150 words)</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE1CFB" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00725758" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00725758" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00725758" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="554EACB9" w14:textId="4E5364D3" w:rsidR="00725758" w:rsidRPr="00A62A85" w:rsidRDefault="001C1B6E" w:rsidP="00E10E23">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>What, if anything, did not go as planned?</w:t>
+      </w:r>
+      <w:r w:rsidR="0030403A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0030403A">
+        <w:t>(max 150 words)</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE1CFB" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00725758" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00725758" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00725758" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00725758" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00725758" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00725758" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D59FFCD" w14:textId="7D2A2808" w:rsidR="001C1B6E" w:rsidRPr="00A62A85" w:rsidRDefault="00725758" w:rsidP="00725758">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09772890" w14:textId="0AAC3FF9" w:rsidR="00BE1CFB" w:rsidRPr="00A62A85" w:rsidRDefault="00725758" w:rsidP="00E10E23">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If you could </w:t>
+      </w:r>
+      <w:r w:rsidR="008B425C">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>run</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the program(s) again, </w:t>
+      </w:r>
+      <w:r w:rsidR="00476691">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>is there anything</w:t>
+      </w:r>
+      <w:r w:rsidR="00217BEE" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you would</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do differently? </w:t>
+      </w:r>
+      <w:r w:rsidR="0030403A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="0030403A">
+        <w:t>(max 150 words)</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE1CFB" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00BE1CFB" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00BE1CFB" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00BE1CFB" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00BE1CFB" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00BE1CFB" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00BE1CFB" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00BE1CFB" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00BE1CFB" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D257048" w14:textId="56121562" w:rsidR="00711387" w:rsidRDefault="006879CE" w:rsidP="00E228AA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-      </w:pPr>
-[...2 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve"> and </w:t>
-[...14 lines deleted...]
-        <w:t>description of the location of your program</w:t>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Attendance</w:t>
+      </w:r>
+      <w:r w:rsidR="00F76E84">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB4D21">
+        <w:t>program(s)/activities</w:t>
+      </w:r>
+      <w:r w:rsidR="00F76E84">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
       <w:r>
-        <w:t>(s)</w:t>
-[...25 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E8098C7" w14:textId="77777777" w:rsidR="00693377" w:rsidRPr="00876117" w:rsidRDefault="00693377" w:rsidP="00693377"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="053C5A91" w14:textId="19AE650A" w:rsidR="00693377" w:rsidRDefault="00693377" w:rsidP="00693377">
+    <w:p w14:paraId="25175D42" w14:textId="77777777" w:rsidR="00E228AA" w:rsidRPr="00E228AA" w:rsidRDefault="00E228AA" w:rsidP="00E228AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="10"/>
+          <w:numId w:val="0"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-      </w:pPr>
-[...122 lines deleted...]
-        <w:ind w:left="1080"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="1080" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4204"/>
-        <w:gridCol w:w="4066"/>
+        <w:gridCol w:w="4945"/>
+        <w:gridCol w:w="2610"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00711387" w14:paraId="76825AD4" w14:textId="77777777" w:rsidTr="00711387">
+      <w:tr w:rsidR="00F76E84" w:rsidRPr="00A62A85" w14:paraId="3FAACE71" w14:textId="77777777" w:rsidTr="00E228AA">
+        <w:trPr>
+          <w:trHeight w:val="70"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4204" w:type="dxa"/>
+            <w:tcW w:w="4945" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="471EFE81" w14:textId="2C5A366C" w:rsidR="00711387" w:rsidRDefault="00836EF2" w:rsidP="00711387">
-[...59 lines deleted...]
-          <w:p w14:paraId="0C0B194F" w14:textId="3C2D192F" w:rsidR="00857008" w:rsidRPr="00A55868" w:rsidRDefault="00857008" w:rsidP="00711387">
+          <w:p w14:paraId="09CBABEC" w14:textId="3EBD281F" w:rsidR="00E228AA" w:rsidRDefault="00F76E84" w:rsidP="00711387">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
-                <w:i/>
-[...1 lines deleted...]
-                <w:strike/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00CB4D21">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Total </w:t>
+            </w:r>
+            <w:r w:rsidR="00E228AA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>number of unique participants who attended your program(s) or activity(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00E228AA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ies</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E228AA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
           </w:p>
-        </w:tc>
-[...4 lines deleted...]
-          <w:p w14:paraId="20D6A9BE" w14:textId="77777777" w:rsidR="00711387" w:rsidRDefault="00711387" w:rsidP="00711387">
+          <w:p w14:paraId="43D658D4" w14:textId="0FB0B991" w:rsidR="00F76E84" w:rsidRPr="00CB4D21" w:rsidRDefault="00E228AA" w:rsidP="00711387">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00E228AA">
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(each person is counted once)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr w:rsidR="00835692" w14:paraId="04854616" w14:textId="77777777" w:rsidTr="00711387">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4204" w:type="dxa"/>
+            <w:tcW w:w="2610" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D275B17" w14:textId="4AAB1599" w:rsidR="00835692" w:rsidRDefault="00835692" w:rsidP="00711387">
+          <w:p w14:paraId="111A8B78" w14:textId="77777777" w:rsidR="00F76E84" w:rsidRPr="00A62A85" w:rsidRDefault="00F76E84" w:rsidP="00711387">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
-            </w:pPr>
-[...15 lines deleted...]
-              </w:numPr>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3F1F99CD" w14:textId="7B647701" w:rsidR="00303751" w:rsidRDefault="00303751" w:rsidP="00303751">
-[...147 lines deleted...]
-    <w:p w14:paraId="060DB070" w14:textId="77777777" w:rsidR="00E70058" w:rsidRDefault="00E70058" w:rsidP="003D0725">
+    <w:p w14:paraId="3F1F99CD" w14:textId="1FEF45E6" w:rsidR="00303751" w:rsidRDefault="00303751" w:rsidP="006C4C6F"/>
+    <w:p w14:paraId="22344FE1" w14:textId="77777777" w:rsidR="00D13951" w:rsidRDefault="00D13951" w:rsidP="006C4C6F"/>
+    <w:p w14:paraId="037C9773" w14:textId="77777777" w:rsidR="00D13951" w:rsidRDefault="00D13951" w:rsidP="006C4C6F"/>
+    <w:p w14:paraId="40B469D6" w14:textId="77777777" w:rsidR="00D13951" w:rsidRDefault="00D13951" w:rsidP="006C4C6F"/>
+    <w:p w14:paraId="51923129" w14:textId="77777777" w:rsidR="00D13951" w:rsidRDefault="00D13951" w:rsidP="006C4C6F"/>
+    <w:p w14:paraId="160B9766" w14:textId="77777777" w:rsidR="00D13951" w:rsidRDefault="00D13951" w:rsidP="006C4C6F"/>
+    <w:p w14:paraId="64D38BB6" w14:textId="77777777" w:rsidR="00D13951" w:rsidRDefault="00D13951" w:rsidP="006C4C6F"/>
+    <w:p w14:paraId="2454ECE2" w14:textId="77777777" w:rsidR="00D13951" w:rsidRDefault="00D13951" w:rsidP="006C4C6F"/>
+    <w:p w14:paraId="06E7CB52" w14:textId="77777777" w:rsidR="00D13951" w:rsidRDefault="00D13951" w:rsidP="006C4C6F"/>
+    <w:p w14:paraId="197E15DF" w14:textId="37B677C6" w:rsidR="00E228AA" w:rsidRDefault="00E228AA">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
       </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="56367228" w14:textId="77777777" w:rsidR="00E70058" w:rsidRDefault="00E70058" w:rsidP="003D0725">
+    <w:p w14:paraId="6E1DBB4C" w14:textId="77777777" w:rsidR="00D13951" w:rsidRDefault="00D13951" w:rsidP="006C4C6F"/>
+    <w:p w14:paraId="3A59C6C9" w14:textId="4DEEBFB2" w:rsidR="007C65FB" w:rsidRDefault="00050BCA" w:rsidP="007C65FB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Did community partners contribute to the program(s)/activities</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD04F0">
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A21424A" w14:textId="432E655D" w:rsidR="00DD04F0" w:rsidRDefault="00E228AA" w:rsidP="00DD04F0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1361515535"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00DD04F0">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00DD04F0">
+        <w:t xml:space="preserve">Yes </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-701860118"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00DD04F0">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00DD04F0">
+        <w:t>No</w:t>
+      </w:r>
+      <w:r w:rsidR="00103017">
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E098FC2" w14:textId="48290680" w:rsidR="00DD04F0" w:rsidRDefault="00103017" w:rsidP="00DD04F0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>If yes, what value or added benefit did they bring to the program(s)/activities?</w:t>
+      </w:r>
+      <w:r w:rsidR="00241CCC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00241CCC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00241CCC" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(max</w:t>
+      </w:r>
+      <w:r w:rsidR="00241CCC">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00241CCC" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>150 words)</w:t>
+      </w:r>
+      <w:r w:rsidR="00914EDA">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00914EDA">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00914EDA">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00914EDA">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00914EDA">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00914EDA">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00914EDA">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00914EDA">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C8B3D84" w14:textId="15C54190" w:rsidR="00693377" w:rsidRDefault="00693377" w:rsidP="00914EDA">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005C2EF2">
+        <w:t>Program Results</w:t>
+      </w:r>
+      <w:r w:rsidR="0086719D">
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D1A1BA8" w14:textId="786895F3" w:rsidR="00D90DE8" w:rsidRPr="00A62A85" w:rsidRDefault="00461E78" w:rsidP="00D90DE8">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Do you feel the</w:t>
+      </w:r>
+      <w:r w:rsidR="00746FC5" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> program(s)</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA3A99">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00746FC5" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>activi</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA3A99">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ties</w:t>
+      </w:r>
+      <w:r w:rsidR="00746FC5" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">had a </w:t>
+      </w:r>
+      <w:r w:rsidR="00746FC5" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>posit</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC19CD" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ive impact </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>on the</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC19CD" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> community</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B9E6906" w14:textId="7E84AD9E" w:rsidR="00CC19CD" w:rsidRPr="00BA3A99" w:rsidRDefault="00E228AA" w:rsidP="00BA3A99">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:id w:val="-1605719617"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00CC19CD" w:rsidRPr="00A62A85">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00CC19CD" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA3A99">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:id w:val="201904410"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00BA3A99">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00BA3A99">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC19CD" w:rsidRPr="00BA3A99">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DAE1897" w14:textId="4BE0C609" w:rsidR="0073347C" w:rsidRPr="00A62A85" w:rsidRDefault="00FE7960" w:rsidP="00FE7960">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please describe </w:t>
+      </w:r>
+      <w:r w:rsidR="0086719D">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the community</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA3A99" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>impact</w:t>
+      </w:r>
+      <w:r w:rsidR="0086719D">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(max</w:t>
+      </w:r>
+      <w:r w:rsidR="00F05CEB">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>150 words)</w:t>
+      </w:r>
+      <w:r w:rsidR="0073347C" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="0073347C" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="0073347C" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="0073347C" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="0073347C" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="0073347C" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="0073347C" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="0073347C" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00914EDA">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24CA50A9" w14:textId="77777777" w:rsidR="00122397" w:rsidRPr="00A62A85" w:rsidRDefault="00122397" w:rsidP="00122397">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Did you collect feedback from participants?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F0C5D9A" w14:textId="14A5CCBC" w:rsidR="0073347C" w:rsidRPr="00BA3A99" w:rsidRDefault="00E228AA" w:rsidP="00BA3A99">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:id w:val="627907793"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="0073347C" w:rsidRPr="00A62A85">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="0073347C" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA3A99">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:id w:val="750402807"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00BA3A99">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00BA3A99">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+      <w:r w:rsidR="0073347C" w:rsidRPr="00BA3A99">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="386F8D46" w14:textId="2A0E9F01" w:rsidR="0073347C" w:rsidRPr="00A62A85" w:rsidRDefault="0073347C" w:rsidP="0073347C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If yes, </w:t>
+      </w:r>
+      <w:r w:rsidR="009F08AE">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">please </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>describe the feedback received</w:t>
+      </w:r>
+      <w:r w:rsidR="000E6878">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76B0E973" w14:textId="43A687DC" w:rsidR="0073347C" w:rsidRDefault="0073347C" w:rsidP="0073347C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(max 150 words)</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7960" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00FE7960">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00FE7960">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00FE7960">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00FE7960">
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AA83429" w14:textId="77777777" w:rsidR="0073347C" w:rsidRDefault="0073347C" w:rsidP="0073347C"/>
+    <w:p w14:paraId="164841D9" w14:textId="77777777" w:rsidR="0073347C" w:rsidRDefault="0073347C" w:rsidP="0073347C"/>
+    <w:p w14:paraId="6F4C3C5F" w14:textId="5D17F4D0" w:rsidR="0073347C" w:rsidRDefault="0073347C">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
       </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="01C64E96" w14:textId="77777777" w:rsidR="00E70058" w:rsidRDefault="00E70058" w:rsidP="003D0725">
+    <w:p w14:paraId="3EA7259E" w14:textId="7B62C35F" w:rsidR="00FE7960" w:rsidRDefault="0073347C" w:rsidP="0073347C">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Feedback</w:t>
+      </w:r>
+      <w:r w:rsidR="0094321E">
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="604AF89E" w14:textId="1EFB3952" w:rsidR="00860C4A" w:rsidRPr="00A62A85" w:rsidRDefault="00461E78" w:rsidP="00860C4A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please rate your satisfaction with </w:t>
+      </w:r>
+      <w:r w:rsidR="00097C92" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the funding process: </w:t>
+      </w:r>
+      <w:r w:rsidR="00222CD9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00ED1BFF" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:id w:val="1438335935"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A00E16" w:rsidRPr="00A62A85">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00860C4A" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Very Satisfied</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34A20C91" w14:textId="3BFB1892" w:rsidR="00860C4A" w:rsidRPr="00A62A85" w:rsidRDefault="00E228AA" w:rsidP="00860C4A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:id w:val="-631324863"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A00E16" w:rsidRPr="00A62A85">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00860C4A" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Satisfied</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24F5F4E2" w14:textId="1112765F" w:rsidR="00860C4A" w:rsidRPr="00A62A85" w:rsidRDefault="00E228AA" w:rsidP="00860C4A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:id w:val="794797064"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A00E16" w:rsidRPr="00A62A85">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00860C4A" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Neutral</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E7DFA02" w14:textId="04CE466D" w:rsidR="00926ED8" w:rsidRPr="00A62A85" w:rsidRDefault="00E228AA" w:rsidP="00860C4A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:id w:val="1024216625"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A00E16" w:rsidRPr="00A62A85">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00860C4A" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Dissatisfied</w:t>
+      </w:r>
+      <w:r w:rsidR="00331D1D" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:id w:val="-289055913"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A00E16" w:rsidRPr="00A62A85">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00A00E16" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Very Dissatisfied</w:t>
+      </w:r>
+      <w:r w:rsidR="00926ED8" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E8E028F" w14:textId="5C8A1F87" w:rsidR="0059553E" w:rsidRPr="00A62A85" w:rsidRDefault="00122397" w:rsidP="0059553E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>What worked well or did you like about the funding process</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+      <w:r w:rsidR="0059553E" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(max 150 words)</w:t>
+      </w:r>
+      <w:r w:rsidR="0059553E" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="007D5A63" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="007D5A63" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="0059553E" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="0059553E" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="0059553E" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="0059553E" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="0094321E" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78F89271" w14:textId="2256C8D4" w:rsidR="009806EE" w:rsidRPr="009806EE" w:rsidRDefault="0035202E" w:rsidP="00E10BD1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Please share any challenges with the funding process:</w:t>
+      </w:r>
+      <w:r w:rsidR="00A00E16" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="0059553E" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(max</w:t>
+      </w:r>
+      <w:r w:rsidR="00F05CEB">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0059553E" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>150 words)</w:t>
+      </w:r>
+      <w:r w:rsidR="0009665C" w:rsidRPr="00A62A85">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="0009665C">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="0009665C">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="0009665C">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="0009665C">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="0009665C">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="0009665C">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="0094321E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00DA25A5">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00DA25A5">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0243EAEE" w14:textId="4505368E" w:rsidR="0087662E" w:rsidRPr="009806EE" w:rsidRDefault="007D5A63" w:rsidP="009806EE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="0059553E">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="0059553E">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="0059553E">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="0059553E">
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15C8C047" w14:textId="28234AF7" w:rsidR="0087662E" w:rsidRDefault="0087662E" w:rsidP="00693377">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B666485" w14:textId="77777777" w:rsidR="00693377" w:rsidRDefault="00693377" w:rsidP="00693377"/>
+    <w:p w14:paraId="022B2347" w14:textId="77777777" w:rsidR="00693377" w:rsidRPr="0087662E" w:rsidRDefault="00693377" w:rsidP="00693377">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04CAE783" w14:textId="77777777" w:rsidR="00E70058" w:rsidRDefault="00E70058" w:rsidP="003D0725">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2FC1931B" w14:textId="77777777" w:rsidR="00E70058" w:rsidRDefault="00E70058" w:rsidP="003D0725">
+    <w:p w14:paraId="68D53440" w14:textId="398AFD8C" w:rsidR="00170FBB" w:rsidRDefault="003D0725" w:rsidP="003D0725">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
       </w:pPr>
-    </w:p>
-[...22 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="458ACC56" w14:textId="77777777" w:rsidR="00693377" w:rsidRDefault="00693377" w:rsidP="00693377">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Financial Report</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B4C0675" w14:textId="15084BE7" w:rsidR="00693377" w:rsidRDefault="00693377" w:rsidP="00723845">
+    <w:p w14:paraId="3B4C0675" w14:textId="13EF7DB4" w:rsidR="00693377" w:rsidRDefault="00693377" w:rsidP="00723845">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BD3466">
+      <w:r w:rsidRPr="00984831">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Please submit a separate financial report for each fund that you accessed.</w:t>
       </w:r>
+      <w:r w:rsidR="001867C1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="591F95E4" w14:textId="66C066B2" w:rsidR="00F558B4" w:rsidRPr="00843972" w:rsidRDefault="00804956" w:rsidP="003D0725">
-[...16 lines deleted...]
-        <w:t>* For agreements valued at $250,000 or greater per year, Audited Financial Statements are required to be separately submitted per the terms of the funding agreement.</w:t>
+    <w:p w14:paraId="591F95E4" w14:textId="3E1A8061" w:rsidR="00F558B4" w:rsidRPr="00843972" w:rsidRDefault="00984831" w:rsidP="001867C1">
+      <w:r>
+        <w:t xml:space="preserve">Note: </w:t>
+      </w:r>
+      <w:r w:rsidR="00804956" w:rsidRPr="00843972">
+        <w:t xml:space="preserve">For agreements valued at </w:t>
+      </w:r>
+      <w:r w:rsidR="00804956" w:rsidRPr="00984831">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>$250,000 or greater per year</w:t>
+      </w:r>
+      <w:r w:rsidR="00804956" w:rsidRPr="00843972">
+        <w:t xml:space="preserve">, Audited Financial Statements </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE14CE">
+        <w:t>must b</w:t>
+      </w:r>
+      <w:r w:rsidR="00804956" w:rsidRPr="00843972">
+        <w:t xml:space="preserve">e submitted </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE14CE">
+        <w:t xml:space="preserve">separately, </w:t>
+      </w:r>
+      <w:r w:rsidR="00804956" w:rsidRPr="00843972">
+        <w:t>per the terms of the funding agreement.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24FF27A3" w14:textId="4C18A9B6" w:rsidR="00170FBB" w:rsidRPr="000D1B8B" w:rsidRDefault="00170FBB" w:rsidP="00170FBB">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Toc89411122"/>
       <w:r w:rsidRPr="008F5726">
         <w:t>Declaration</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
     </w:p>
-    <w:p w14:paraId="254D7E06" w14:textId="49612986" w:rsidR="00170FBB" w:rsidRDefault="00170FBB" w:rsidP="002F41D8">
+    <w:p w14:paraId="0C734393" w14:textId="60FFA240" w:rsidR="00EE79AA" w:rsidRDefault="00EE79AA" w:rsidP="00EE79AA">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">This information is being collected under the authority of the </w:t>
+        <w:t xml:space="preserve">This information collected in this report is under the authority of the </w:t>
       </w:r>
       <w:r w:rsidRPr="008F5726">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Access to Information and Protection of Privacy Act</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (ATIPP), section 40(c)(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>i</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">), the </w:t>
       </w:r>
       <w:r w:rsidRPr="008F5726">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Health Information Act</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> (‘HIA’), and the associated Regulations. The information will be used for the purposes of monitoring the </w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> (‘HIA’), and the associated Regulations. It will be used to monitor the Mental Wellness and Addictions Recovery Funds and programs and for their general administration and enforcement. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CF4231D" w14:textId="77777777" w:rsidR="00EE79AA" w:rsidRDefault="00EE79AA" w:rsidP="00EE79AA">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve"> and program</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">The privacy provisions of ATIPP and the HIA </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t xml:space="preserve"> and for the general administration and enforcement of th</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t>protect</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> fund</w:t>
-[...25 lines deleted...]
-        <w:r w:rsidR="00F558B4" w:rsidRPr="009840CF">
+        <w:t xml:space="preserve"> this information. I understand that the information provided in this application may be accessed under ATIPP and HIA. Questions regarding the collection, use, or disclosure of personal or health information may be directed to the Mental Wellness and Addictions Recovery Division at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidRPr="009840CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>mha@gov.nt.ca</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00F558B4">
-[...1 lines deleted...]
-      </w:r>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4140097D" w14:textId="77777777" w:rsidR="00170FBB" w:rsidRDefault="00170FBB" w:rsidP="002F41D8">
+    <w:p w14:paraId="7CF3D8A9" w14:textId="77777777" w:rsidR="00EE79AA" w:rsidRDefault="00EE79AA" w:rsidP="00EE79AA">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">I certify that the information given is accurate and complete, and that the reporting is fairly presented. </w:t>
-      </w:r>
+        <w:t>I certify that the information provided is accurate, complete, and that reporting is fairly presented.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00851B5C" w14:textId="77777777" w:rsidR="00600033" w:rsidRDefault="00170FBB" w:rsidP="00600033">
       <w:r>
         <w:cr/>
       </w:r>
+      <w:r w:rsidR="00600033">
+        <w:t>Signature: ________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="350CB490" w14:textId="0FB075A9" w:rsidR="00BD3466" w:rsidRDefault="00170FBB" w:rsidP="00170FBB">
+    <w:p w14:paraId="0D7741DC" w14:textId="77777777" w:rsidR="00600033" w:rsidRDefault="00600033" w:rsidP="00600033"/>
+    <w:p w14:paraId="3326598F" w14:textId="77777777" w:rsidR="00600033" w:rsidRDefault="00600033" w:rsidP="00600033">
       <w:r>
-        <w:t>Signature</w:t>
-[...2 lines deleted...]
-        <w:t>: __________________________________________________________</w:t>
+        <w:t>Name (Printed): __________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50B8D408" w14:textId="66D5D9AD" w:rsidR="00170FBB" w:rsidRDefault="00170FBB" w:rsidP="00170FBB">
+    <w:p w14:paraId="6146909C" w14:textId="77777777" w:rsidR="00600033" w:rsidRDefault="00600033" w:rsidP="00600033"/>
+    <w:p w14:paraId="6B26A811" w14:textId="77777777" w:rsidR="00600033" w:rsidRDefault="00600033" w:rsidP="00600033">
       <w:r>
-        <w:t>Title of the spending authority: ________________________________________________</w:t>
+        <w:t>Title/Position of spending authority: _____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DAB05A8" w14:textId="77777777" w:rsidR="00170FBB" w:rsidRDefault="00170FBB" w:rsidP="00170FBB">
+    <w:p w14:paraId="450A9235" w14:textId="77777777" w:rsidR="00600033" w:rsidRDefault="00600033" w:rsidP="00600033"/>
+    <w:p w14:paraId="4197C2D0" w14:textId="77777777" w:rsidR="00600033" w:rsidRDefault="00600033" w:rsidP="00600033">
       <w:r>
-        <w:t>Date of signature (day/month /year): _____________________________________________</w:t>
+        <w:t>Date of signature (day/month/year): _____________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59951BA8" w14:textId="77777777" w:rsidR="00460214" w:rsidRPr="00B258A5" w:rsidRDefault="00460214" w:rsidP="00460214">
-      <w:pPr>
+    <w:p w14:paraId="59951BA8" w14:textId="76196AF1" w:rsidR="00460214" w:rsidRPr="00B258A5" w:rsidRDefault="00460214" w:rsidP="00600033">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4852D545" w14:textId="77777777" w:rsidR="00460214" w:rsidRPr="00B258A5" w:rsidRDefault="00460214" w:rsidP="00460214">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2CCC9EB8" w14:textId="77777777" w:rsidR="00460214" w:rsidRPr="00B258A5" w:rsidRDefault="00460214" w:rsidP="00460214">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="40F1CCD7" w14:textId="77777777" w:rsidR="00460214" w:rsidRPr="00B258A5" w:rsidRDefault="00460214" w:rsidP="00460214">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="174C1F56" w14:textId="77777777" w:rsidR="00411512" w:rsidRPr="00B258A5" w:rsidRDefault="00411512" w:rsidP="00460214">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E5AE7CE" w14:textId="77777777" w:rsidR="00411512" w:rsidRPr="00B258A5" w:rsidRDefault="00411512" w:rsidP="00460214">
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="5E5AE7CE" w14:textId="2B24EEEC" w:rsidR="00411512" w:rsidRPr="00B258A5" w:rsidRDefault="00710102" w:rsidP="00710102">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Submission Instructions</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="607BA133" w14:textId="77777777" w:rsidR="00460214" w:rsidRPr="00B258A5" w:rsidRDefault="00460214" w:rsidP="00460214">
-[...59 lines deleted...]
-        <w:r w:rsidR="009B1301" w:rsidRPr="009B1301">
+    <w:p w14:paraId="1771BC54" w14:textId="6436A6F8" w:rsidR="00710102" w:rsidRPr="008D163B" w:rsidRDefault="00710102" w:rsidP="00710102">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D163B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Submit paper reports by email to </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidRPr="008D163B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>mha@gov.nt.ca</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="009B1301" w:rsidRPr="009B1301">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008D163B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01287F8C" w14:textId="7C09EF4C" w:rsidR="0023343B" w:rsidRPr="0023343B" w:rsidRDefault="00710102" w:rsidP="0023343B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D163B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">To complete an online report, </w:t>
+      </w:r>
+      <w:r w:rsidR="0023343B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>click</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D163B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003B30E5" w:rsidRPr="00B258A5">
-[...28 lines deleted...]
-      </w:r>
+      <w:hyperlink r:id="rId23" w:history="1">
+        <w:r w:rsidR="0023343B" w:rsidRPr="0023343B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>Mental Wellness and Addictions Recovery Funds Reporting Form 2026-2027 – Fill out form</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:sectPr w:rsidR="003B30E5" w:rsidRPr="00B258A5" w:rsidSect="00E70058">
-[...4 lines deleted...]
-      <w:pgSz w:w="12240" w:h="20160" w:code="5"/>
+    <w:p w14:paraId="1A896D3E" w14:textId="58B59E6B" w:rsidR="003B30E5" w:rsidRPr="00710102" w:rsidRDefault="00710102" w:rsidP="00710102">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For questions, contact </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:history="1">
+        <w:r w:rsidRPr="00311515">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>mha@gov.nt.ca</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> .</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="003B30E5" w:rsidRPr="00710102" w:rsidSect="00DA25A5">
+      <w:headerReference w:type="default" r:id="rId25"/>
+      <w:footerReference w:type="default" r:id="rId26"/>
+      <w:headerReference w:type="first" r:id="rId27"/>
+      <w:footerReference w:type="first" r:id="rId28"/>
+      <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="67FE8819" w14:textId="77777777" w:rsidR="00A47DE3" w:rsidRDefault="00A47DE3" w:rsidP="00460214">
+    <w:p w14:paraId="3A35899E" w14:textId="77777777" w:rsidR="007152D0" w:rsidRDefault="007152D0" w:rsidP="00460214">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="74B6D979" w14:textId="77777777" w:rsidR="00A47DE3" w:rsidRDefault="00A47DE3" w:rsidP="00460214">
+    <w:p w14:paraId="51F7AFD6" w14:textId="77777777" w:rsidR="007152D0" w:rsidRDefault="007152D0" w:rsidP="00460214">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="6D7DB1BF" w14:textId="77777777" w:rsidR="007152D0" w:rsidRDefault="007152D0"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -3641,94 +4658,103 @@
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings 2">
     <w:panose1 w:val="05020102010507070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
+    <w:altName w:val="Cambria"/>
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Corbel">
     <w:panose1 w:val="020B0503020204020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000A44B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...7 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="10262593" w14:textId="534E0B93" w:rsidR="009D105A" w:rsidRPr="002F41D8" w:rsidRDefault="009D105A" w:rsidP="002F41D8">
+  <w:p w14:paraId="10262593" w14:textId="02634F4A" w:rsidR="009D105A" w:rsidRPr="002F41D8" w:rsidRDefault="009D105A" w:rsidP="002F41D8">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:eastAsia="Cambria" w:hAnsi="Calibri Light"/>
         <w:color w:val="7F7F7F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00877CFD">
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:eastAsia="Cambria" w:hAnsi="Calibri Light"/>
         <w:color w:val="7F7F7F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="00877CFD">
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:eastAsia="Cambria" w:hAnsi="Calibri Light"/>
@@ -3789,59 +4815,59 @@
         <w:rFonts w:ascii="Calibri Light" w:eastAsia="Cambria" w:hAnsi="Calibri Light"/>
         <w:color w:val="7F7F7F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:eastAsia="Cambria" w:hAnsi="Calibri Light"/>
         <w:color w:val="7F7F7F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> SECTIONPAGES   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:eastAsia="Cambria" w:hAnsi="Calibri Light"/>
         <w:color w:val="7F7F7F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00BB38A4">
+    <w:r w:rsidR="00E228AA">
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:eastAsia="Cambria" w:hAnsi="Calibri Light"/>
         <w:noProof/>
         <w:color w:val="7F7F7F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:eastAsia="Cambria" w:hAnsi="Calibri Light"/>
         <w:color w:val="7F7F7F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1CB76BA5" w14:textId="77777777" w:rsidR="009D105A" w:rsidRPr="002F41D8" w:rsidRDefault="009D105A" w:rsidP="002F41D8">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:eastAsia="Cambria" w:hAnsi="Calibri Light"/>
@@ -3945,69 +4971,72 @@
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:eastAsia="Cambria" w:hAnsi="Calibri Light"/>
         <w:noProof/>
         <w:color w:val="7F7F7F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:eastAsia="Cambria" w:hAnsi="Calibri Light"/>
         <w:color w:val="7F7F7F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4E33081A" w14:textId="77777777" w:rsidR="00A47DE3" w:rsidRDefault="00A47DE3" w:rsidP="00460214">
+    <w:p w14:paraId="2EE38E24" w14:textId="77777777" w:rsidR="007152D0" w:rsidRDefault="007152D0" w:rsidP="00460214">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="77806D30" w14:textId="77777777" w:rsidR="00A47DE3" w:rsidRDefault="00A47DE3" w:rsidP="00460214">
+    <w:p w14:paraId="67E9D406" w14:textId="77777777" w:rsidR="007152D0" w:rsidRDefault="007152D0" w:rsidP="00460214">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="6231113D" w14:textId="77777777" w:rsidR="007152D0" w:rsidRDefault="007152D0"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="3DA1312B" w14:textId="666243C6" w:rsidR="009D105A" w:rsidRPr="002F41D8" w:rsidRDefault="00F428D4" w:rsidP="002F41D8">
+  <w:p w14:paraId="3DA1312B" w14:textId="2AE9A050" w:rsidR="009D105A" w:rsidRPr="002F41D8" w:rsidRDefault="00F428D4" w:rsidP="002F41D8">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:eastAsia="Cambria" w:hAnsi="Calibri Light"/>
         <w:color w:val="7F7F7F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:eastAsia="Cambria" w:hAnsi="Calibri Light"/>
         <w:color w:val="7F7F7F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Mental Wellness and Addictions Recovery Funds</w:t>
     </w:r>
     <w:r w:rsidR="009D105A">
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:eastAsia="Cambria" w:hAnsi="Calibri Light"/>
@@ -4031,76 +5060,76 @@
         <w:rFonts w:ascii="Calibri Light" w:eastAsia="Cambria" w:hAnsi="Calibri Light"/>
         <w:color w:val="7F7F7F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> Form </w:t>
     </w:r>
     <w:r w:rsidR="009D105A" w:rsidRPr="005C6C09">
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:eastAsia="Cambria" w:hAnsi="Calibri Light"/>
         <w:color w:val="7F7F7F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">| </w:t>
     </w:r>
     <w:r w:rsidR="009D105A">
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:eastAsia="Cambria" w:hAnsi="Calibri Light"/>
         <w:color w:val="7F7F7F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>202</w:t>
     </w:r>
-    <w:r w:rsidR="00234EE5">
+    <w:r w:rsidR="00981120">
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:eastAsia="Cambria" w:hAnsi="Calibri Light"/>
         <w:color w:val="7F7F7F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="009D105A">
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:eastAsia="Cambria" w:hAnsi="Calibri Light"/>
         <w:color w:val="7F7F7F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>-202</w:t>
     </w:r>
-    <w:r w:rsidR="00234EE5">
+    <w:r w:rsidR="00981120">
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:eastAsia="Cambria" w:hAnsi="Calibri Light"/>
         <w:color w:val="7F7F7F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>6</w:t>
+      <w:t>7</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7E57AE60" w14:textId="0A891E33" w:rsidR="009D105A" w:rsidRPr="002F41D8" w:rsidRDefault="009D105A" w:rsidP="002F41D8">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:eastAsia="Cambria" w:hAnsi="Calibri Light"/>
         <w:color w:val="7F7F7F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:eastAsia="Cambria" w:hAnsi="Calibri Light"/>
         <w:color w:val="7F7F7F"/>
@@ -4516,50 +5545,139 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="18DC6065"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="71D683F2"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1DD93A7D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0FD22BE6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4664,51 +5782,140 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="231E5BC3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="71D683F2"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="24173B1B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B41C15AE"/>
     <w:lvl w:ilvl="0" w:tplc="3EBE5066">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings 2" w:eastAsia="Times New Roman" w:hAnsi="Wingdings 2" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4777,51 +5984,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2C5449C0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CFF44618"/>
     <w:lvl w:ilvl="0" w:tplc="9346543A">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -4867,51 +6074,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2FF3349A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8C32CC5C"/>
     <w:lvl w:ilvl="0" w:tplc="84623B5C">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:pStyle w:val="ListParagraph"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="10090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -4957,51 +6164,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="10090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="1009001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="412B5978"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3612BC7E"/>
     <w:lvl w:ilvl="0" w:tplc="10090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="10090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5070,51 +6277,140 @@
     <w:lvl w:ilvl="7" w:tplc="10090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="10090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="46863F79"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F640832E"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51741CB1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F0268CC2"/>
     <w:lvl w:ilvl="0" w:tplc="10090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="10090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5183,51 +6479,366 @@
     <w:lvl w:ilvl="7" w:tplc="10090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="10090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5EA05BEC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5400DB24"/>
+    <w:lvl w:ilvl="0" w:tplc="1009000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="10090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="1009001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="1009000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="10090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="1009001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="1009000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="10090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="1009001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="64D3515F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D382E050"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6B1E3234"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FF4A8120"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6F8D47E5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7254A56A"/>
     <w:lvl w:ilvl="0" w:tplc="6812E436">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5276,51 +6887,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79241A74"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9C8DAFC"/>
     <w:lvl w:ilvl="0" w:tplc="E8522430">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="705" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1425" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -5365,51 +6976,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5025" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5745" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6465" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79A75979"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7254A56A"/>
     <w:lvl w:ilvl="0" w:tplc="6812E436">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5459,309 +7070,543 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1679890114">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1162964883">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1899783817">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="2060856527">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1885753283">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1329793940">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="153375975">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="812602812">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="679166181">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="292249099">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1219316377">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="615645523">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="208154277">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1785923655">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="995377604">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="606623896">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="39401571">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="487938586">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="55132490">
+    <w:abstractNumId w:val="15"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
+    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00460214"/>
+    <w:rsid w:val="000208C7"/>
+    <w:rsid w:val="00024142"/>
     <w:rsid w:val="00027F24"/>
     <w:rsid w:val="00037AC7"/>
+    <w:rsid w:val="00050BCA"/>
     <w:rsid w:val="00052443"/>
     <w:rsid w:val="00052E55"/>
     <w:rsid w:val="00065360"/>
+    <w:rsid w:val="00067A61"/>
+    <w:rsid w:val="0007085C"/>
     <w:rsid w:val="00081F0A"/>
+    <w:rsid w:val="0009665C"/>
+    <w:rsid w:val="00097C92"/>
     <w:rsid w:val="000A786B"/>
     <w:rsid w:val="000C4A86"/>
+    <w:rsid w:val="000D04E8"/>
     <w:rsid w:val="000E63CC"/>
+    <w:rsid w:val="000E6878"/>
+    <w:rsid w:val="00103017"/>
+    <w:rsid w:val="0010422B"/>
+    <w:rsid w:val="001112BE"/>
     <w:rsid w:val="00112577"/>
+    <w:rsid w:val="00117B4B"/>
+    <w:rsid w:val="00122397"/>
+    <w:rsid w:val="00131FB2"/>
+    <w:rsid w:val="00136ACB"/>
     <w:rsid w:val="00153BAC"/>
     <w:rsid w:val="00156AAB"/>
+    <w:rsid w:val="0016747B"/>
     <w:rsid w:val="00170FBB"/>
+    <w:rsid w:val="001738E2"/>
+    <w:rsid w:val="00183D4F"/>
     <w:rsid w:val="00185E5E"/>
+    <w:rsid w:val="001867C1"/>
+    <w:rsid w:val="001925DD"/>
+    <w:rsid w:val="001B7AB9"/>
+    <w:rsid w:val="001C1B6E"/>
     <w:rsid w:val="001C25EA"/>
     <w:rsid w:val="001C3BEC"/>
+    <w:rsid w:val="001C54A8"/>
+    <w:rsid w:val="001C5B1E"/>
     <w:rsid w:val="001C60D7"/>
+    <w:rsid w:val="001D2C6B"/>
     <w:rsid w:val="001D7B6B"/>
     <w:rsid w:val="001E7CB6"/>
     <w:rsid w:val="001F7B06"/>
+    <w:rsid w:val="002026B8"/>
     <w:rsid w:val="002100AD"/>
+    <w:rsid w:val="00217BEE"/>
+    <w:rsid w:val="00222CD9"/>
+    <w:rsid w:val="00225E0E"/>
+    <w:rsid w:val="0023343B"/>
     <w:rsid w:val="00234EE5"/>
     <w:rsid w:val="00236067"/>
+    <w:rsid w:val="00241CCC"/>
     <w:rsid w:val="0024399C"/>
     <w:rsid w:val="00263C74"/>
+    <w:rsid w:val="00265F5D"/>
     <w:rsid w:val="002807E8"/>
     <w:rsid w:val="00280CC2"/>
     <w:rsid w:val="00296D62"/>
     <w:rsid w:val="002A472B"/>
+    <w:rsid w:val="002B133F"/>
+    <w:rsid w:val="002C743B"/>
     <w:rsid w:val="002D5187"/>
+    <w:rsid w:val="002D7E74"/>
     <w:rsid w:val="002F41D8"/>
+    <w:rsid w:val="002F42CE"/>
     <w:rsid w:val="00303751"/>
+    <w:rsid w:val="0030403A"/>
     <w:rsid w:val="0030409E"/>
+    <w:rsid w:val="00331D1D"/>
+    <w:rsid w:val="003347DF"/>
+    <w:rsid w:val="00334995"/>
     <w:rsid w:val="00344937"/>
+    <w:rsid w:val="0035202E"/>
     <w:rsid w:val="00363B66"/>
     <w:rsid w:val="00380792"/>
+    <w:rsid w:val="00391329"/>
+    <w:rsid w:val="0039434D"/>
     <w:rsid w:val="00397599"/>
+    <w:rsid w:val="003A072B"/>
+    <w:rsid w:val="003A26F7"/>
     <w:rsid w:val="003B30E5"/>
     <w:rsid w:val="003B73DC"/>
     <w:rsid w:val="003D0725"/>
     <w:rsid w:val="003E626A"/>
+    <w:rsid w:val="003F4E03"/>
     <w:rsid w:val="00411512"/>
+    <w:rsid w:val="00421A2A"/>
+    <w:rsid w:val="00430254"/>
+    <w:rsid w:val="00444129"/>
     <w:rsid w:val="004565E8"/>
     <w:rsid w:val="00460214"/>
+    <w:rsid w:val="00461E78"/>
     <w:rsid w:val="00471DB9"/>
+    <w:rsid w:val="004739AC"/>
+    <w:rsid w:val="00476691"/>
     <w:rsid w:val="00483AE1"/>
+    <w:rsid w:val="004B0D01"/>
     <w:rsid w:val="004B4951"/>
+    <w:rsid w:val="004E123C"/>
     <w:rsid w:val="004E306A"/>
+    <w:rsid w:val="004E4C90"/>
+    <w:rsid w:val="004F0728"/>
     <w:rsid w:val="00504A1C"/>
+    <w:rsid w:val="00504C96"/>
     <w:rsid w:val="00521AFE"/>
     <w:rsid w:val="00521DAA"/>
+    <w:rsid w:val="00533A22"/>
+    <w:rsid w:val="00545E36"/>
     <w:rsid w:val="00550816"/>
+    <w:rsid w:val="00553D64"/>
+    <w:rsid w:val="005564BE"/>
     <w:rsid w:val="00564447"/>
     <w:rsid w:val="00577ABF"/>
     <w:rsid w:val="005859C3"/>
+    <w:rsid w:val="0059553E"/>
     <w:rsid w:val="005A2B20"/>
     <w:rsid w:val="005C256E"/>
+    <w:rsid w:val="005C7823"/>
+    <w:rsid w:val="005C7CEF"/>
+    <w:rsid w:val="005D7DFB"/>
+    <w:rsid w:val="005F0A62"/>
+    <w:rsid w:val="005F3306"/>
+    <w:rsid w:val="005F3396"/>
     <w:rsid w:val="005F6FF4"/>
+    <w:rsid w:val="00600033"/>
+    <w:rsid w:val="006151BF"/>
     <w:rsid w:val="00640FA9"/>
     <w:rsid w:val="00661226"/>
     <w:rsid w:val="0067137D"/>
     <w:rsid w:val="00686BAA"/>
+    <w:rsid w:val="006879CE"/>
     <w:rsid w:val="00690239"/>
     <w:rsid w:val="00693377"/>
+    <w:rsid w:val="00693C1A"/>
+    <w:rsid w:val="006C4C6F"/>
+    <w:rsid w:val="006D2D81"/>
     <w:rsid w:val="006D59D3"/>
     <w:rsid w:val="006D7697"/>
     <w:rsid w:val="006E5184"/>
+    <w:rsid w:val="00710102"/>
     <w:rsid w:val="00711387"/>
+    <w:rsid w:val="007152D0"/>
     <w:rsid w:val="00723845"/>
+    <w:rsid w:val="00725758"/>
     <w:rsid w:val="007315C3"/>
+    <w:rsid w:val="0073347C"/>
+    <w:rsid w:val="00735826"/>
+    <w:rsid w:val="007404ED"/>
     <w:rsid w:val="00740CE2"/>
+    <w:rsid w:val="007417D3"/>
     <w:rsid w:val="00742F31"/>
+    <w:rsid w:val="00746FC5"/>
+    <w:rsid w:val="00763183"/>
     <w:rsid w:val="0077138E"/>
     <w:rsid w:val="00777E1B"/>
     <w:rsid w:val="007A0E51"/>
     <w:rsid w:val="007A2738"/>
+    <w:rsid w:val="007A2834"/>
+    <w:rsid w:val="007A7879"/>
+    <w:rsid w:val="007B3360"/>
+    <w:rsid w:val="007C63FC"/>
+    <w:rsid w:val="007C65FB"/>
     <w:rsid w:val="007D3753"/>
+    <w:rsid w:val="007D5A63"/>
     <w:rsid w:val="007E2C77"/>
     <w:rsid w:val="007E3823"/>
+    <w:rsid w:val="007F0977"/>
     <w:rsid w:val="007F3E25"/>
+    <w:rsid w:val="007F4EF3"/>
     <w:rsid w:val="00804956"/>
+    <w:rsid w:val="00815381"/>
+    <w:rsid w:val="008175C3"/>
+    <w:rsid w:val="008203A9"/>
     <w:rsid w:val="0082306A"/>
+    <w:rsid w:val="008309AC"/>
     <w:rsid w:val="00833E29"/>
     <w:rsid w:val="00835692"/>
     <w:rsid w:val="00836EF2"/>
+    <w:rsid w:val="00840311"/>
     <w:rsid w:val="00843972"/>
     <w:rsid w:val="00845AB6"/>
+    <w:rsid w:val="008508D3"/>
+    <w:rsid w:val="00856932"/>
     <w:rsid w:val="00857008"/>
+    <w:rsid w:val="00860C4A"/>
     <w:rsid w:val="00863151"/>
+    <w:rsid w:val="0086719D"/>
     <w:rsid w:val="0087246B"/>
+    <w:rsid w:val="00874E40"/>
     <w:rsid w:val="0087662E"/>
+    <w:rsid w:val="008921E0"/>
     <w:rsid w:val="008B0C3B"/>
+    <w:rsid w:val="008B425C"/>
+    <w:rsid w:val="008B4AAD"/>
+    <w:rsid w:val="008C2AB6"/>
     <w:rsid w:val="008C3A0B"/>
+    <w:rsid w:val="008D163B"/>
+    <w:rsid w:val="008D6D4B"/>
     <w:rsid w:val="008E08A5"/>
     <w:rsid w:val="008E6895"/>
     <w:rsid w:val="008E6957"/>
     <w:rsid w:val="008E6E73"/>
+    <w:rsid w:val="008F2801"/>
+    <w:rsid w:val="00900210"/>
     <w:rsid w:val="00910896"/>
     <w:rsid w:val="00913BC0"/>
+    <w:rsid w:val="00914EDA"/>
     <w:rsid w:val="00921506"/>
+    <w:rsid w:val="00926ED8"/>
     <w:rsid w:val="00934E62"/>
+    <w:rsid w:val="0094321E"/>
     <w:rsid w:val="00947AB8"/>
+    <w:rsid w:val="009609B6"/>
+    <w:rsid w:val="009806EE"/>
+    <w:rsid w:val="00981120"/>
+    <w:rsid w:val="00981ABB"/>
+    <w:rsid w:val="00984831"/>
     <w:rsid w:val="00985236"/>
+    <w:rsid w:val="00992083"/>
     <w:rsid w:val="009A0C60"/>
     <w:rsid w:val="009A42EF"/>
+    <w:rsid w:val="009A4A9A"/>
     <w:rsid w:val="009B1301"/>
     <w:rsid w:val="009C2F9C"/>
     <w:rsid w:val="009D105A"/>
     <w:rsid w:val="009D2430"/>
+    <w:rsid w:val="009E0C36"/>
+    <w:rsid w:val="009F08AE"/>
     <w:rsid w:val="009F6356"/>
+    <w:rsid w:val="00A00E16"/>
     <w:rsid w:val="00A21616"/>
     <w:rsid w:val="00A277DE"/>
     <w:rsid w:val="00A47DE3"/>
     <w:rsid w:val="00A51650"/>
     <w:rsid w:val="00A53410"/>
     <w:rsid w:val="00A55868"/>
+    <w:rsid w:val="00A5712A"/>
     <w:rsid w:val="00A6241A"/>
+    <w:rsid w:val="00A62A85"/>
     <w:rsid w:val="00A63761"/>
     <w:rsid w:val="00A80A6B"/>
+    <w:rsid w:val="00A87BED"/>
+    <w:rsid w:val="00A93A51"/>
+    <w:rsid w:val="00A955AB"/>
+    <w:rsid w:val="00A97E93"/>
+    <w:rsid w:val="00AA2E52"/>
+    <w:rsid w:val="00AA312C"/>
     <w:rsid w:val="00AB2D85"/>
     <w:rsid w:val="00AB3FFC"/>
     <w:rsid w:val="00AC0C4C"/>
+    <w:rsid w:val="00AC1075"/>
     <w:rsid w:val="00AC4346"/>
     <w:rsid w:val="00AD13C6"/>
+    <w:rsid w:val="00AD7F07"/>
     <w:rsid w:val="00AE3C83"/>
+    <w:rsid w:val="00B01FDA"/>
+    <w:rsid w:val="00B06F73"/>
+    <w:rsid w:val="00B070DA"/>
     <w:rsid w:val="00B12CBD"/>
+    <w:rsid w:val="00B209FA"/>
     <w:rsid w:val="00B258A5"/>
     <w:rsid w:val="00B3460F"/>
     <w:rsid w:val="00B361D1"/>
     <w:rsid w:val="00B4118E"/>
+    <w:rsid w:val="00B81C30"/>
+    <w:rsid w:val="00B842C6"/>
     <w:rsid w:val="00B84818"/>
     <w:rsid w:val="00B84D37"/>
     <w:rsid w:val="00B907BE"/>
+    <w:rsid w:val="00BA3A99"/>
     <w:rsid w:val="00BB10E5"/>
     <w:rsid w:val="00BB38A4"/>
+    <w:rsid w:val="00BB3B16"/>
     <w:rsid w:val="00BB6CCA"/>
+    <w:rsid w:val="00BB7768"/>
     <w:rsid w:val="00BD3466"/>
     <w:rsid w:val="00BD6BC8"/>
+    <w:rsid w:val="00BE1CFB"/>
     <w:rsid w:val="00BF1303"/>
+    <w:rsid w:val="00BF446D"/>
     <w:rsid w:val="00BF5A27"/>
+    <w:rsid w:val="00C049D1"/>
+    <w:rsid w:val="00C114EC"/>
+    <w:rsid w:val="00C1618D"/>
+    <w:rsid w:val="00C31AC9"/>
     <w:rsid w:val="00C37C6E"/>
+    <w:rsid w:val="00C40B4D"/>
+    <w:rsid w:val="00C43730"/>
+    <w:rsid w:val="00C44C0A"/>
+    <w:rsid w:val="00C626D7"/>
     <w:rsid w:val="00C7527C"/>
     <w:rsid w:val="00C75BEA"/>
     <w:rsid w:val="00C91B57"/>
     <w:rsid w:val="00C954BF"/>
     <w:rsid w:val="00CA78BB"/>
+    <w:rsid w:val="00CB2829"/>
+    <w:rsid w:val="00CB4D21"/>
+    <w:rsid w:val="00CC19CD"/>
     <w:rsid w:val="00CC4592"/>
     <w:rsid w:val="00CD5CBB"/>
     <w:rsid w:val="00CD7C95"/>
     <w:rsid w:val="00CE1B7F"/>
+    <w:rsid w:val="00CE2CCE"/>
+    <w:rsid w:val="00CF38D8"/>
     <w:rsid w:val="00CF3D31"/>
+    <w:rsid w:val="00CF4D64"/>
     <w:rsid w:val="00D04E31"/>
     <w:rsid w:val="00D10998"/>
+    <w:rsid w:val="00D13951"/>
     <w:rsid w:val="00D15399"/>
+    <w:rsid w:val="00D26E5E"/>
+    <w:rsid w:val="00D330C0"/>
+    <w:rsid w:val="00D331DF"/>
     <w:rsid w:val="00D433B4"/>
     <w:rsid w:val="00D52B83"/>
     <w:rsid w:val="00D546AD"/>
+    <w:rsid w:val="00D55ED1"/>
+    <w:rsid w:val="00D748BC"/>
     <w:rsid w:val="00D8221A"/>
+    <w:rsid w:val="00D87A40"/>
+    <w:rsid w:val="00D90DE8"/>
+    <w:rsid w:val="00DA1A66"/>
+    <w:rsid w:val="00DA25A5"/>
+    <w:rsid w:val="00DA6667"/>
+    <w:rsid w:val="00DB17EF"/>
+    <w:rsid w:val="00DB4DD7"/>
+    <w:rsid w:val="00DB5A52"/>
     <w:rsid w:val="00DC41CD"/>
+    <w:rsid w:val="00DC6969"/>
+    <w:rsid w:val="00DD04F0"/>
     <w:rsid w:val="00DD359F"/>
+    <w:rsid w:val="00DD3A22"/>
     <w:rsid w:val="00DD3B45"/>
     <w:rsid w:val="00DD5D5A"/>
+    <w:rsid w:val="00E10BD1"/>
+    <w:rsid w:val="00E10E23"/>
+    <w:rsid w:val="00E228AA"/>
+    <w:rsid w:val="00E2450B"/>
+    <w:rsid w:val="00E27B10"/>
+    <w:rsid w:val="00E34876"/>
+    <w:rsid w:val="00E35049"/>
+    <w:rsid w:val="00E3561B"/>
     <w:rsid w:val="00E4047E"/>
+    <w:rsid w:val="00E46114"/>
+    <w:rsid w:val="00E60BFD"/>
+    <w:rsid w:val="00E63E0D"/>
     <w:rsid w:val="00E6618C"/>
+    <w:rsid w:val="00E6724A"/>
     <w:rsid w:val="00E70058"/>
     <w:rsid w:val="00E72FF0"/>
+    <w:rsid w:val="00E7797A"/>
+    <w:rsid w:val="00E86B4B"/>
+    <w:rsid w:val="00E91AAB"/>
+    <w:rsid w:val="00EC17D2"/>
     <w:rsid w:val="00ED1636"/>
+    <w:rsid w:val="00ED1BFF"/>
+    <w:rsid w:val="00EE14CE"/>
     <w:rsid w:val="00EE363B"/>
+    <w:rsid w:val="00EE79AA"/>
+    <w:rsid w:val="00EF18D4"/>
+    <w:rsid w:val="00F05CEB"/>
+    <w:rsid w:val="00F20E58"/>
     <w:rsid w:val="00F247A6"/>
+    <w:rsid w:val="00F3027C"/>
     <w:rsid w:val="00F338E1"/>
     <w:rsid w:val="00F428D4"/>
     <w:rsid w:val="00F558B4"/>
     <w:rsid w:val="00F564E6"/>
+    <w:rsid w:val="00F61DB1"/>
+    <w:rsid w:val="00F76E84"/>
+    <w:rsid w:val="00F85E93"/>
+    <w:rsid w:val="00F95305"/>
     <w:rsid w:val="00FB5C67"/>
+    <w:rsid w:val="00FC7613"/>
+    <w:rsid w:val="00FD4BCB"/>
     <w:rsid w:val="00FD59D9"/>
+    <w:rsid w:val="00FE0B50"/>
+    <w:rsid w:val="00FE7960"/>
+    <w:rsid w:val="01D6A99B"/>
+    <w:rsid w:val="0BE4422C"/>
+    <w:rsid w:val="30220D03"/>
+    <w:rsid w:val="3A019F96"/>
+    <w:rsid w:val="4B4498E1"/>
+    <w:rsid w:val="4E48B619"/>
+    <w:rsid w:val="5076B1F0"/>
+    <w:rsid w:val="5566B5D9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1E919271"/>
   <w15:docId w15:val="{BBC3DE71-D90A-43F4-929E-592DE5141F91}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
@@ -6595,78 +8440,88 @@
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BF1303"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00BF1303"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
       <w:sz w:val="22"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D748BC"/>
+    <w:rPr>
+      <w:color w:val="666666"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1121724069">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mha@gov.nt.ca" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mha@gov.nt.ca" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mha@gov.nt.ca" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hss.gov.nt.ca/funding" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mha@gov.nt.ca" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mha@gov.nt.ca" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hss.gov.nt.ca/funding" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mha@gov.nt.ca" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mha@gov.nt.ca" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.office.com/Pages/ResponsePage.aspx?id=HSvt-2EPrUC31SAQw8k-k6of1wFlkyNOoT-XJezwvCNUNEtPQ0lPT1pCRzRBSTZXU1NCVUNCNkM5MyQlQCN0PWcu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.office.com/Pages/ResponsePage.aspx?id=HSvt-2EPrUC31SAQw8k-k6of1wFlkyNOoT-XJezwvCNUNEtPQ0lPT1pCRzRBSTZXU1NCVUNCNkM5MyQlQCN0PWcu" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mha@gov.nt.ca" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6914,90 +8769,368 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DD9F2A080513A54F9E37785FB0F73C24" ma:contentTypeVersion="11" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="304145b93b0fd9e258a8eea6bc7916ba">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2bcef807-899e-4cca-b8a6-940e272d0e94" xmlns:ns3="b914458b-2daa-4e2c-8854-3d348c689cba" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="aa179e2a4c934dcb3401a257e3164720" ns2:_="" ns3:_="">
+    <xsd:import namespace="2bcef807-899e-4cca-b8a6-940e272d0e94"/>
+    <xsd:import namespace="b914458b-2daa-4e2c-8854-3d348c689cba"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="2bcef807-899e-4cca-b8a6-940e272d0e94" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="3dffe7ac-56e0-4ba5-b789-8083447d1ca6" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b914458b-2daa-4e2c-8854-3d348c689cba" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{b4ec982d-232c-4d6a-9268-e1cc37b33664}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="b914458b-2daa-4e2c-8854-3d348c689cba">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="2bcef807-899e-4cca-b8a6-940e272d0e94">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="b914458b-2daa-4e2c-8854-3d348c689cba" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1E7C875B-9B63-4751-A447-A63EE360EF32}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="2bcef807-899e-4cca-b8a6-940e272d0e94"/>
+    <ds:schemaRef ds:uri="b914458b-2daa-4e2c-8854-3d348c689cba"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9229D229-C1F6-47FA-AABC-4818F21F388F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C9B6B1CF-F373-4DF7-828F-8C01D32F1888}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="b914458b-2daa-4e2c-8854-3d348c689cba"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="2bcef807-899e-4cca-b8a6-940e272d0e94"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A6ABDF25-02AD-431B-ACB3-561B10007BA9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>3390</Characters>
+  <Pages>7</Pages>
+  <Words>660</Words>
+  <Characters>4098</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>28</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>315</Lines>
+  <Paragraphs>97</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>GNWT</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3977</CharactersWithSpaces>
+  <CharactersWithSpaces>4661</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Donald Prince</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>b31c6509ab391d1dbee0750f4d9ee7d86be4d3b50f05948a7925b439fe53b794</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
+    <vt:lpwstr>0x010100DD9F2A080513A54F9E37785FB0F73C24</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>