--- v0 (2026-02-13)
+++ v1 (2026-03-10)
@@ -1,79 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/commentsExtensible.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtensible+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="26DB0483" w14:textId="695012E4" w:rsidR="006D59D3" w:rsidRDefault="006D59D3"/>
     <w:p w14:paraId="6DD886E4" w14:textId="77777777" w:rsidR="006D59D3" w:rsidRDefault="006D59D3"/>
     <w:p w14:paraId="26BBC780" w14:textId="77777777" w:rsidR="006D59D3" w:rsidRDefault="006D59D3"/>
     <w:p w14:paraId="0CE137EB" w14:textId="77777777" w:rsidR="006D59D3" w:rsidRDefault="006D59D3"/>
     <w:p w14:paraId="372AF19D" w14:textId="01A83203" w:rsidR="006D59D3" w:rsidRDefault="006D59D3"/>
     <w:p w14:paraId="0583D334" w14:textId="681CDCA0" w:rsidR="006D59D3" w:rsidRPr="0063271D" w:rsidRDefault="002F41D8">
       <w:r w:rsidRPr="0063271D">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="55DD1ED0" wp14:editId="0A499DAC">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="55DD1ED0" wp14:editId="422DA3D5">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-1971675</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>38100</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="9792970" cy="894715"/>
             <wp:effectExtent l="0" t="0" r="0" b="635"/>
             <wp:wrapNone/>
             <wp:docPr id="5" name="Picture 5"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="5" name="Picture 5"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11" cstate="print">
@@ -1241,82 +1236,82 @@
                             <a:noFill/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:round/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a14:hiddenLine>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
+          <mc:Fallback>
             <w:pict>
-              <v:group id="Group 2" style="position:absolute;margin-left:451.55pt;margin-top:3.3pt;width:41.65pt;height:33.65pt;z-index:251656704" coordsize="833,677" coordorigin="10693,3863" o:spid="_x0000_s1026" w14:anchorId="5877C2AC" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQCKHRa0XRIAAA9eAAAOAAAAZHJzL2Uyb0RvYy54bWzsXGtv68YR/V6g/0HQ&#10;xxaJtXzLyL1FkbRBgT6Clv0BsizbQmVRleTrm/76ntkHtUPOLJmkKBAgAXJlW4fLs3N2hjuzu/zq&#10;d59fD4tPu/Nl3x0/LM2Xq+Vid9x2j/vj84flP9s/ftEsF5fr5vi4OXTH3Yfl97vL8ncff/2rr95P&#10;97use+kOj7vzAo0cL/fvpw/Ll+v1dH93d9m+7F43ly+70+6IL5+68+vmil/Pz3eP5807Wn893GWr&#10;VXX33p0fT+duu7tc8Ndv3JfLj7b9p6fd9vq3p6fL7ro4fFiC29X+e7b/PtC/dx+/2tw/nzenl/3W&#10;09j8CBavm/0RN+2b+mZz3SzezvtRU6/77bm7dE/XL7fd61339LTf7mwf0BuzGvTm23P3drJ9eb5/&#10;fz71ZoJpB3b60c1u//rp2/PpH6fvzo49fvxzt/3XBXa5ez8938ff0+/PDrx4eP9L9wg9N2/Xznb8&#10;89P5lZpAlxafrX2/7+27+3xdbPHHMmvWZblcbPFVkdU5frb2375AJLrKrKp1vlzg67yp8vDlH/zl&#10;TY7v6Nqqrum7u829u6tl6pl9/Oq0397jf28t/DSy1vSowlXXt/Nu6Rt5ndXG6+b8r7fTFxD2tLnu&#10;H/aH/fV7O0hhICJ1/PTdfkuGpl9g2O/Oi/0jLLFcHDevsOVjt728bE67NXUuYNwVG+qRFWZx7L5+&#10;2Ryfd7+/nDC6YTNcHv50PnfvL7vN44X+TBbirdhfGYuHw/70x/3hQMrRz76/cJDBABNM5gbvN932&#10;7XV3vDpvPO8O6Hp3vLzsT5fl4ny/e33YoY/nPz1aQpv7y3n7d/C2ul+u5911+0I3fwIJ/3fI2n9h&#10;Gd9IUncuGKuTw8+Y1RqGoXHWj7IwCs3KD0GT8WEEI58v12933euCfgBrELWDe/PpzxeiDGoBQqSP&#10;HdnOduVwZH8AkP5i6RNh/yP4U2RCqLsEU+O3kbF/kDf/g4YMWFKzt0FVDQeVsbHOg4K/X2Jnt5e7&#10;bwg2z86CwwY7q+66ud++OTuTzYJtETsfYWX60/Oj94gWIfvp9YCI/NsvFqsFVM2ahQsS1uo3IMR2&#10;wN/cLdrV4n1Bdx9gsoCxjeVNbRa3MHNrCkGmb8qCXhY+4MTM4LUxs1VTr2VmGGx9c20hM4NaUWP5&#10;Os9FZnWAoZMWJDLDEzdqzKzqKpeZrQOQbNbIzDBs4taKVbEWqZlYAIsSuRmuAcitjEzOxDK0JlPo&#10;cRkKs25kerEKFiXT40LQSKsVerEWrakUelyLIs8VerEUFiXSy7gYsF6tuEMWy9FmmkNwNYrSyB6R&#10;xVpYlEyPi2FWTaGIm8VytJniFRlXAzeWrYcwfnMxi5LpcTFS9GI5WoQcMZzkXI2iaGpx7OWxFhYl&#10;0su5GKBXZfLYo2nQLaTkimvkXI2iWMlBJY+1sCiZHheD6JUKvViONldcI+dqFDmGshiNYy0sSqRX&#10;cDES9IpYjrZQXKPgamAWUYn0ilgLi5LpcTGInuIaRSxHWyiuUXA1inyVyfRiLSxKpsfFwOQpU54Z&#10;RSxHWyiuUXI1CtPIY6+MtbAokV7JxcA0oFBco4zlaEvFNUquRmEKWVzKVXpHsyiZHhfD4L9Cdo0y&#10;lqPFkBIDS8nVKEy5EsUtYy0sSqRXcTHATptEVbEcbaW4RsXVwI3lsYcELrYeUDI9LgboobviHK+K&#10;5WgrxTUqrgboyYGlirWwKJkeFwP0qkqhF8vRVopr1FwN3FieUNWxFhYl0qu5GKDXKNarYznaWnGN&#10;mquBG5fi2KtjLSxKpsfFAL218tRASn8bLW2tuEbN1YBPKtaLtbAokV7DxYBnrBRxm1iOFjYWPbfh&#10;auDG8pSgibWwKJkeFwP0EDJE12hiOdpGcY2GqwHZFHqxFhYl0+NiUFxR4l4Ty9E2imusuRqFgYtL&#10;UwLK7KOwDJRIb83FMCZfKSka1Zz6Btu14hprrgboyYFlHWthUTI9LgboabPldSxHu1ZcY83VKAxc&#10;XLRerIVFifTMiquBZ1qhuK5ZxYK0uFL2DmTvwc42Ay8yLR1axYJYmMKRSwKOCPaig9iiz01jzCA0&#10;jlyWIkOvJTMi+QqdQfpsYQpHrgtx1HLKVSwN7Kj4CeY/4dbejqXsKAi3AWg5AiZzHKblBtVZxY6D&#10;vFxNzA2XpsgqOdbgcc84AqZw5MLAjpkyhTYmlqbFE1vR2nBp0GnZZfDUYhwBkzkOE3QD91fsyDN0&#10;PHgUjtnQZ5SptOFJegaYwpELAzvCX2Wf4Wm60fJ0M0zU6Tkg+gzP1AmmcOTCIDZqhQ6TxdKgTqT5&#10;zDBbzxq51mF4uk4wmeMwXzdZpjxeDE/YjZax4wkQhpnz69wosYfn7ARTOA59JkMJRdY65z6jpe1m&#10;lLcrE0STx8JQFV7hOMzcMZqU5A7eFOxDFUsMXMVnhsk7El95PPLsnWCyHQsuDGY6qB3LduT5Ox6a&#10;GkcuTVEgpRV9poiFsTCF49BnsMCmcYylgR01nxmm8YX2nOF5PMFkjqNEPms0rXkmTzmmOOM2w1y+&#10;KOVSAxKZaPBgLqPFx5ILQ9NGbd7D03mj5fPIQMOtnV/TTErUmmf0BJPtOErpc61eY3hOb7Sk3gyz&#10;epTaZI48rSeYwnHoMzmgss/wxJ6m/bLWw9S+QJQS7chze4IpHLkwiTm4qbjPaOm9Geb3RS5nqIYn&#10;+ASTOY4y/LzUYg9P8SkBkO04TPILpbhpeJZPMIXjyGcwjZO15nm+0RJ9M8z0C21uVsfCFASTOY5y&#10;/VxbsTM82aeKimzHYbpf1Ipf83yfYArHoc8UmF/LduQZv9FSfjPM+UujjMeGPWcIpnAc+gzWqzSO&#10;sTSt0fJ+M0z8SzzZRb/mmT/BZI6j1J9MLtuR5/5GS/7NMPsvMHpkjvw5A5jCcegzJXIAhWMsTWu0&#10;CgAWP/lzJleqY2YdC1MQTOSIDVasQeRq2vwRu5cClOZmuFL2mWxYA9BWbDNeAyCYwnHkM1qRLKON&#10;H7caQKbVAFAEDDj3vNYWvTNeAyCYwpELk3jOZLwGkGk1gGxQA1D3DGSsBqDvGshGNQCzVp4zGa8B&#10;4EpF60ENQN1xkbEaAN9zgZ00/b6QzYvbhoMNJJ+Pfq8IflpgOxTtNaOtI6fuQhvJWoxGbP5p7R4Q&#10;NAEUfauAMSwIHHYDpcFwHQLDrG5DUBpNprJwu9VtkglVLizc7gGbhFMRgeDI/eeQoXzewuf1lFJr&#10;giMjntM6ZbkWPq+rlHBa+LyuUu5HcKRsc8hQGmbh87pKy5oERyIzp3VKTix8XlcpT7DweV2lKTvB&#10;3Q7IyUFAs2cLn9dVmsgSHPPPOV2lOaWFz+sqTe8sfF5XaaZFcEyQ5pChSY+Fz+sqLTsQHNOGOa37&#10;ractCviz4L6reJjOgdsqObExeLLNu8D3lkrN8y7w/aW676wL+uiEADzvAt9nqojOuiBEKCpPzrsg&#10;dLrfnDkRYEOUosLdrDuEOGVQRZt3Qeg0SlqzLgixyswMVlgScAMV64Uz7xCUnhmwTIhYVAaZ1YcQ&#10;s7A+Pe+CELXMzLBlQtwyyNZnUQqRi1LnWReE2EV57LwLgtJIKmddEOIXNrjMvCAojXRr3h2C0jOD&#10;mAlRDCvt8+5Ay4s2Ls0MZHaqTxfQFH1OH+y8210wr9N2EmwvmBnI7IzUXcA67Z6dfqZIu7mHx0DO&#10;ywWOgTxQNzB33Fxpghl+XLx/WNo9zC/uxAH9/bX7tGs7i7jSPBPrp9Z4dnM17nb7/nCMcTlV7EGw&#10;8QYL34bPk20t806HpQVn1/B1+HQwm9OjMZSakjBaOgIMCxNJHFWsCIZKQao5Wu8AjDimYMh0gKL+&#10;plDulmS9FAqZHdpC7p5E+Ylk2XtUsFb4dFbzc4eqSGuA3Uf2rlUfZEIz4dOLgHaIXdUH1PB9+Aw4&#10;N0Kq/uERvg+fAefby4pkb5GCu/uuJvrhoyWKJOn2qA6JfpRYxEtpgWqiw/VThcA/fPp+BNxqoh8e&#10;VyBeJe9bObsUeL7Mwk3ZmYpNNELRbqq9jBYMCYc13STOh88M7aZwKLLY9rAwm8ZRzRX3xeJoEofV&#10;b4+b8KHM2S9r0v3FCp1vLzz6gq7h0+lbeP/IUBBL9Re7HFx7/WMotBM+fXte32ydHn+Ff5hP4qgo&#10;S/ab4kf1TotLR8ci6DsRXkoqbFnd0v0oqXAzQ9/Sz82nxkEZ4vIUP1q3mWGXkgrvFpceLyXVYoHL&#10;UfhLjYOK6ngWlx73lUHRzeLS0b6iBWiLS/OjOO9w6fFcez3yibhR09ol3XfiaVSHZzjsmLJL7ae/&#10;OcZrGuf7MRE36so9LfN+nhj8LHw6f6tzZ2ccB0jflzYjoL84yzOBc+O5QNE02Q8fhwoUONM4F4ew&#10;G3wC58ZVMRGfa6otUj8QL5P3pVruDFxFawuEm+BX+fnGFK6khQVqD8+bFL8y6IZxmMTRPiBqrz8j&#10;G/QPn24clL4YWKA/yfb8uC8R95O4MN/os7lwv/Dp71u78VdO+FGIQ2WfioV2wqdvj9b10N9yYvpa&#10;BtyEf5R47tr2Jp7npS8ulRO4yj8XSoyHlP0qqr/bfqT1qLxuJeyYbM/PX0os9qZxbtyXeL4mcbQH&#10;hvhN4py/TeNcXJvsRxh/U/ajTRbEb2I+Wfn5RoXFoGR/aZEc7VUT8ary8w3SL9keLcRSe1M4Wpsj&#10;HOpaqfZq2pNIOOxXSeJozx3hsHkiiaN9WISbiBu1L25N4nq7pO/b+OdviQpVil/j+1FM+LnN2NGP&#10;qdyy8X40lak2tLCJ9qbyXpyytbipNLqm9Ti0N5WVh/nLRJJP7kPNTZQMCloaBiz9TB1WM0Kk3R66&#10;y86JQzUSdw4+FEuoxhId5750h/1jeKXA5fz88PXhvPi0wes3snq9/iY4HYMph+fDKXR3tv2he/we&#10;J//PHQ7mY6jinSP44aU7/2e5eMf7Oz4sL/9+29ArGw5/OuJI/Rpb7wC72l+QjGCasDjH3zzE32yO&#10;WzT1YXldYjGRfvz6it9wydvpvH9+wZ2MXV48dr/HCy+e9vZlAMTPsYJF6Bec6v/5vX4CA4O/fsLV&#10;3PibI1Ac+7m/f8KG5//b+ydWa9RnyOOw+cwGwM19eC8CDpC515jcSuvh5Snh5RI///dPUFQfDCsr&#10;ALkJ3lLhXjMBNX7yCyiwIRm3IkPT1hIEqcjQUIBeF9M/cYOZ43j1g14/gQ0/eAlFjqq/vdHtnRGI&#10;6beNJbT1xWUH8QsjML1zEH9mAyd2b5RvLeEp0rdE32NHieMft4WpSdSWZSTzwlysb82+fGLMC4Mx&#10;agu3rEVemEX0LVmQxAsGj9pK8MLcpW/NvnpizItGUNQY7tmIxOh52rdlURIz2DBujahhJ7woZayA&#10;e/GEQI4rgORSVpNtbLEokRzXALRo641ILpahtQdbBHJcBtw2ly0Xq2BREjl6cEY6EDns95PIUUWy&#10;V6K1J1rG5EbnWXBWGqp51735weA4C1AiOa4DkcPGU5Ecc4WMthgL5LgQsIlCLpbBokRyXIcUuVgJ&#10;98KJMbnRCRaF3OAAi2I5KhsOZG1ky/HTK/bwikCOC6FajqrM/RhRLUe1jpnkYiXcyyYEclwInVws&#10;g0pudGAlX+PgjzTmKFXqO+teNTEmNzysoo05flaFUNKYG51U0cnFSrgXTQjkuBCwiRxK+CEVQonk&#10;uA7kEMqYE14zMSY3PJ6ikeOnUzRyVGcYjDkllPCjKfZkikBu5BBGjHP8WAp2a4qWGx9K0eIclZ9v&#10;Y84eSRHIcSEg60omN3AI2m89no2MT6Ngh7LoEPwwij2LMiY3PImC3QAiOUq4+57iEUKbbwVyXAca&#10;c8rji59CsYdQBHJDh1CmS/wECk2qRHJcByKnPPiputp31r1cYkxuePYEGy9Ey9GSb98YLEfHEcaW&#10;Gx880aZMtDTXt+deLSGQ40LgtnIoofXPvjGLEslxHWi0Kd7KD5zY8yYCOS6ETi6WQSU3Pmqi5Q38&#10;pIk9aDImR5U0Z5F06oAVIma5W+6AGs0vm6i13d9+If2XTdSjTfRhW+LMXYm/bKLWhpjfu9D2a17p&#10;Pa3/k03UP3nvGwLRAlvf8GCQdr4hSqO0EtYEtX1vrjQTir6hnhw+3Qqew6RXCTCpoUJOuF1oIHy6&#10;hvxKQr9nMHwbPj0K0TQuCoVvw6dH4fkyA+V52ewVBg9thE/fFgw5oy2PSi9T+/2GU3107NMrSH7D&#10;RXpJwK+ep/cYYYhQB9Mye3XSqzzensmVIK9MEsNHZ5Djl3WMH7COYV+qjbeO29Ue/4Z0eq15/Ltd&#10;97i9x/3jfwEAAP//AwBQSwMECgAAAAAAAAAhANQRcHsMAgAADAIAABQAAABkcnMvbWVkaWEvaW1h&#10;Z2UxLnBuZ4lQTkcNChoKAAAADUlIRFIAAAAOAAAAEQgGAAAA7cidnwAAAAZiS0dEAP8A/wD/oL2n&#10;kwAAAAlwSFlzAAAOxAAADsQBlSsOGwAAAaxJREFUKJFj+P//P8P///8ZHn78qWy96MaLyA33jvz6&#10;+48VJo4LMzFAQefxl71vvv8VP/fyu/X2ux/DGQgAJgYGBoZLr76b7X342R8m2HH8Zd/ZF99sCGqc&#10;c/FNObLgux9/RaM3PThcd+jZrJ9//nFg08j48ssvKYdltx//Q3I2MjAQ5zw+11POnZuN+TOKjVvv&#10;forApYmBgYHhwsvvlnm7n6z98+8/C4rGI4+/eODzCwMDA8PRp19dJ5153YSi8da7n7qENDIwMDDM&#10;u/im9PmX37JwjW9//BEjRuOf/wwsBx999oZrZGFi/E2MRgYGBoZLr3+YwTXK8LLeJ1bj5VffTeEa&#10;dUU5TxOr8e6Hn1pff//jYWBgYGDKMxGtUxVkv0qMxn//GZiuvIbYytzb1vwhRENwjqYIxwU+duYP&#10;X3//4//w868wLs1CHCyvrWV4djP+//8fQ/Ll19/SCy69LZp/+V0RuhwXK9OXVQGK5lg1wkDe7sdr&#10;d93/HATjMzIw/NcQ5rjorMC7kQWnLgYGBn0xzhP7Hnz2c1HkW++tzLfcVJL7oAAH8zsGBgYGAAGI&#10;xf6qhf41AAAAAElFTkSuQmCCUEsDBAoAAAAAAAAAIQB4SRcCrwIAAK8CAAAUAAAAZHJzL21lZGlh&#10;L2ltYWdlMi5wbmeJUE5HDQoaCgAAAA1JSERSAAAAFgAAABUIBgAAAEIgHpUAAAAGYktHRAD/AP8A&#10;/6C9p5MAAAAJcEhZcwAADsQAAA7EAZUrDhsAAAJPSURBVDiNrdRNaBNBFAfwN22+upsaqknRtdhC&#10;ehGqSBESFKV4UBAvYgXRQz2oEKUKopRWRCje9FQQrKIFDQYJaA4iEUoXD7mE1KTFxho0hZAv23w1&#10;yZrNbmbHg6ZIzDa7xT8MDDPzfjwYeEAIgWZLxJLmnCfq835fH5YkCcm9k1ttIJNA6ufR4I/KoRuz&#10;cfdtNuHkRMko97ZZZGFPpDBS37/7Vjx/5k103p/khpTCiBDyz2FJwKYjLyMpHpOOxrtrg+bJ0YPd&#10;97bUsXu5cKkZCgDwdCE7tl7FXaphAROd83PuulyBgIl+dqV4WjXsiRRGkmVxz2ZF4Sw/qAoWsKSf&#10;DmUmWhUVeLxDFewK5x2JktjXEq7i7YphTpSMj4OZO60KAACSJbFXMexayl3N89isBI4Vhf5qTTK0&#10;hDkBdz5fzN5SggIAYALtC6sVe0t4OpSZyPHYohQG+P0fm8KJktA7s5i7qQYFAPBGi2fffi1cJISg&#10;prB7uXBZlIhOLUwA0PjH5MwVb+x9JMfva7xvp044Hq5VarvUwvXEimK/K5x3+JPckF6DeGuX/gtC&#10;iKADz8JcpUaorcKN2W/p8D84tvsCejS/encqsDb5v2AAgJ20Jo4IIfAhWhweYxMv5CaakjBGbczG&#10;UHM2hmZtDM1uzOP7vvSUcyk3CgCAAMiAxRCgtG3lT+nK4Wafa6E0KRtDsXaGnrMxNNvTqV1BCG0M&#10;d019UxawacBiCJyyml6dtG573U1rkwAA6bLY8ySUGffFueN7zYag/U9XfSZd5G+oMb8AtZk7z5hF&#10;zEgAAAAASUVORK5CYIJQSwMEFAAGAAgAAAAhAJqq0jzfAAAACAEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj0FLw0AUhO+C/2F5gje7idHYxLyUUtRTEWwF8bbNviah2bchu03Sf+960uMww8w3xWo2nRhp&#10;cK1lhHgRgSCurG65Rvjcv94tQTivWKvOMiFcyMGqvL4qVK7txB807nwtQgm7XCE03ve5lK5qyCi3&#10;sD1x8I52MMoHOdRSD2oK5aaT91GUSqNaDguN6mnTUHXanQ3C26SmdRK/jNvTcXP53j++f21jQry9&#10;mdfPIDzN/i8Mv/gBHcrAdLBn1k50CFmUxCGKkKYggp8t0wcQB4SnJANZFvL/gfIHAAD//wMAUEsD&#10;BBQABgAIAAAAIQAubPAAxQAAAKUBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc7yQwYrC&#10;MBCG7wv7DmHu27Q9LLKY9iKCV3EfYEimabCZhCSKvr2BZUFB8OZxZvi//2PW48Uv4kwpu8AKuqYF&#10;QayDcWwV/B62XysQuSAbXAKTgitlGIfPj/WeFiw1lGcXs6gUzgrmUuKPlFnP5DE3IRLXyxSSx1LH&#10;ZGVEfURLsm/bb5nuGTA8MMXOKEg704M4XGNtfs0O0+Q0bYI+eeLypEI6X7srEJOlosCTcfi37JvI&#10;FuRzh+49Dt2/g3x47nADAAD//wMAUEsBAi0AFAAGAAgAAAAhALGCZ7YKAQAAEwIAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAA7AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAih0WtF0SAAAPXgAA&#10;DgAAAAAAAAAAAAAAAAA6AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAKAAAAAAAAACEA1BFwewwCAAAM&#10;AgAAFAAAAAAAAAAAAAAAAADDFAAAZHJzL21lZGlhL2ltYWdlMS5wbmdQSwECLQAKAAAAAAAAACEA&#10;eEkXAq8CAACvAgAAFAAAAAAAAAAAAAAAAAABFwAAZHJzL21lZGlhL2ltYWdlMi5wbmdQSwECLQAU&#10;AAYACAAAACEAmqrSPN8AAAAIAQAADwAAAAAAAAAAAAAAAADiGQAAZHJzL2Rvd25yZXYueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAC5s8ADFAAAApQEAABkAAAAAAAAAAAAAAAAA7hoAAGRycy9fcmVscy9lMm9E&#10;b2MueG1sLnJlbHNQSwUGAAAAAAcABwC+AQAA6hsAAAAA&#10;">
-                <v:shapetype id="_x0000_t75" coordsize="21600,21600" filled="f" stroked="f" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe">
+              <v:group w14:anchorId="0B853ACB" id="Group 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:451.55pt;margin-top:3.3pt;width:41.65pt;height:33.65pt;z-index:251658240" coordorigin="10693,3863" coordsize="833,677" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQCKHRa0XRIAAA9eAAAOAAAAZHJzL2Uyb0RvYy54bWzsXGtv68YR/V6g/0HQ&#10;xxaJtXzLyL1FkbRBgT6Clv0BsizbQmVRleTrm/76ntkHtUPOLJmkKBAgAXJlW4fLs3N2hjuzu/zq&#10;d59fD4tPu/Nl3x0/LM2Xq+Vid9x2j/vj84flP9s/ftEsF5fr5vi4OXTH3Yfl97vL8ncff/2rr95P&#10;97use+kOj7vzAo0cL/fvpw/Ll+v1dH93d9m+7F43ly+70+6IL5+68+vmil/Pz3eP5807Wn893GWr&#10;VXX33p0fT+duu7tc8Ndv3JfLj7b9p6fd9vq3p6fL7ro4fFiC29X+e7b/PtC/dx+/2tw/nzenl/3W&#10;09j8CBavm/0RN+2b+mZz3SzezvtRU6/77bm7dE/XL7fd61339LTf7mwf0BuzGvTm23P3drJ9eb5/&#10;fz71ZoJpB3b60c1u//rp2/PpH6fvzo49fvxzt/3XBXa5ez8938ff0+/PDrx4eP9L9wg9N2/Xznb8&#10;89P5lZpAlxafrX2/7+27+3xdbPHHMmvWZblcbPFVkdU5frb2375AJLrKrKp1vlzg67yp8vDlH/zl&#10;TY7v6Nqqrum7u829u6tl6pl9/Oq0397jf28t/DSy1vSowlXXt/Nu6Rt5ndXG6+b8r7fTFxD2tLnu&#10;H/aH/fV7O0hhICJ1/PTdfkuGpl9g2O/Oi/0jLLFcHDevsOVjt728bE67NXUuYNwVG+qRFWZx7L5+&#10;2Ryfd7+/nDC6YTNcHv50PnfvL7vN44X+TBbirdhfGYuHw/70x/3hQMrRz76/cJDBABNM5gbvN932&#10;7XV3vDpvPO8O6Hp3vLzsT5fl4ny/e33YoY/nPz1aQpv7y3n7d/C2ul+u5911+0I3fwIJ/3fI2n9h&#10;Gd9IUncuGKuTw8+Y1RqGoXHWj7IwCs3KD0GT8WEEI58v12933euCfgBrELWDe/PpzxeiDGoBQqSP&#10;HdnOduVwZH8AkP5i6RNh/yP4U2RCqLsEU+O3kbF/kDf/g4YMWFKzt0FVDQeVsbHOg4K/X2Jnt5e7&#10;bwg2z86CwwY7q+66ud++OTuTzYJtETsfYWX60/Oj94gWIfvp9YCI/NsvFqsFVM2ahQsS1uo3IMR2&#10;wN/cLdrV4n1Bdx9gsoCxjeVNbRa3MHNrCkGmb8qCXhY+4MTM4LUxs1VTr2VmGGx9c20hM4NaUWP5&#10;Os9FZnWAoZMWJDLDEzdqzKzqKpeZrQOQbNbIzDBs4taKVbEWqZlYAIsSuRmuAcitjEzOxDK0JlPo&#10;cRkKs25kerEKFiXT40LQSKsVerEWrakUelyLIs8VerEUFiXSy7gYsF6tuEMWy9FmmkNwNYrSyB6R&#10;xVpYlEyPi2FWTaGIm8VytJniFRlXAzeWrYcwfnMxi5LpcTFS9GI5WoQcMZzkXI2iaGpx7OWxFhYl&#10;0su5GKBXZfLYo2nQLaTkimvkXI2iWMlBJY+1sCiZHheD6JUKvViONldcI+dqFDmGshiNYy0sSqRX&#10;cDES9IpYjrZQXKPgamAWUYn0ilgLi5LpcTGInuIaRSxHWyiuUXA1inyVyfRiLSxKpsfFwOQpU54Z&#10;RSxHWyiuUXI1CtPIY6+MtbAokV7JxcA0oFBco4zlaEvFNUquRmEKWVzKVXpHsyiZHhfD4L9Cdo0y&#10;lqPFkBIDS8nVKEy5EsUtYy0sSqRXcTHATptEVbEcbaW4RsXVwI3lsYcELrYeUDI9LgboobviHK+K&#10;5WgrxTUqrgboyYGlirWwKJkeFwP0qkqhF8vRVopr1FwN3FieUNWxFhYl0qu5GKDXKNarYznaWnGN&#10;mquBG5fi2KtjLSxKpsfFAL218tRASn8bLW2tuEbN1YBPKtaLtbAokV7DxYBnrBRxm1iOFjYWPbfh&#10;auDG8pSgibWwKJkeFwP0EDJE12hiOdpGcY2GqwHZFHqxFhYl0+NiUFxR4l4Ty9E2imusuRqFgYtL&#10;UwLK7KOwDJRIb83FMCZfKSka1Zz6Btu14hprrgboyYFlHWthUTI9LgboabPldSxHu1ZcY83VKAxc&#10;XLRerIVFifTMiquBZ1qhuK5ZxYK0uFL2DmTvwc42Ay8yLR1axYJYmMKRSwKOCPaig9iiz01jzCA0&#10;jlyWIkOvJTMi+QqdQfpsYQpHrgtx1HLKVSwN7Kj4CeY/4dbejqXsKAi3AWg5AiZzHKblBtVZxY6D&#10;vFxNzA2XpsgqOdbgcc84AqZw5MLAjpkyhTYmlqbFE1vR2nBp0GnZZfDUYhwBkzkOE3QD91fsyDN0&#10;PHgUjtnQZ5SptOFJegaYwpELAzvCX2Wf4Wm60fJ0M0zU6Tkg+gzP1AmmcOTCIDZqhQ6TxdKgTqT5&#10;zDBbzxq51mF4uk4wmeMwXzdZpjxeDE/YjZax4wkQhpnz69wosYfn7ARTOA59JkMJRdY65z6jpe1m&#10;lLcrE0STx8JQFV7hOMzcMZqU5A7eFOxDFUsMXMVnhsk7El95PPLsnWCyHQsuDGY6qB3LduT5Ox6a&#10;GkcuTVEgpRV9poiFsTCF49BnsMCmcYylgR01nxmm8YX2nOF5PMFkjqNEPms0rXkmTzmmOOM2w1y+&#10;KOVSAxKZaPBgLqPFx5ILQ9NGbd7D03mj5fPIQMOtnV/TTErUmmf0BJPtOErpc61eY3hOb7Sk3gyz&#10;epTaZI48rSeYwnHoMzmgss/wxJ6m/bLWw9S+QJQS7chze4IpHLkwiTm4qbjPaOm9Geb3RS5nqIYn&#10;+ASTOY4y/LzUYg9P8SkBkO04TPILpbhpeJZPMIXjyGcwjZO15nm+0RJ9M8z0C21uVsfCFASTOY5y&#10;/VxbsTM82aeKimzHYbpf1Ipf83yfYArHoc8UmF/LduQZv9FSfjPM+UujjMeGPWcIpnAc+gzWqzSO&#10;sTSt0fJ+M0z8SzzZRb/mmT/BZI6j1J9MLtuR5/5GS/7NMPsvMHpkjvw5A5jCcegzJXIAhWMsTWu0&#10;CgAWP/lzJleqY2YdC1MQTOSIDVasQeRq2vwRu5cClOZmuFL2mWxYA9BWbDNeAyCYwnHkM1qRLKON&#10;H7caQKbVAFAEDDj3vNYWvTNeAyCYwpELk3jOZLwGkGk1gGxQA1D3DGSsBqDvGshGNQCzVp4zGa8B&#10;4EpF60ENQN1xkbEaAN9zgZ00/b6QzYvbhoMNJJ+Pfq8IflpgOxTtNaOtI6fuQhvJWoxGbP5p7R4Q&#10;NAEUfauAMSwIHHYDpcFwHQLDrG5DUBpNprJwu9VtkglVLizc7gGbhFMRgeDI/eeQoXzewuf1lFJr&#10;giMjntM6ZbkWPq+rlHBa+LyuUu5HcKRsc8hQGmbh87pKy5oERyIzp3VKTix8XlcpT7DweV2lKTvB&#10;3Q7IyUFAs2cLn9dVmsgSHPPPOV2lOaWFz+sqTe8sfF5XaaZFcEyQ5pChSY+Fz+sqLTsQHNOGOa37&#10;ractCviz4L6reJjOgdsqObExeLLNu8D3lkrN8y7w/aW676wL+uiEADzvAt9nqojOuiBEKCpPzrsg&#10;dLrfnDkRYEOUosLdrDuEOGVQRZt3Qeg0SlqzLgixyswMVlgScAMV64Uz7xCUnhmwTIhYVAaZ1YcQ&#10;s7A+Pe+CELXMzLBlQtwyyNZnUQqRi1LnWReE2EV57LwLgtJIKmddEOIXNrjMvCAojXRr3h2C0jOD&#10;mAlRDCvt8+5Ay4s2Ls0MZHaqTxfQFH1OH+y8210wr9N2EmwvmBnI7IzUXcA67Z6dfqZIu7mHx0DO&#10;ywWOgTxQNzB33Fxpghl+XLx/WNo9zC/uxAH9/bX7tGs7i7jSPBPrp9Z4dnM17nb7/nCMcTlV7EGw&#10;8QYL34bPk20t806HpQVn1/B1+HQwm9OjMZSakjBaOgIMCxNJHFWsCIZKQao5Wu8AjDimYMh0gKL+&#10;plDulmS9FAqZHdpC7p5E+Ylk2XtUsFb4dFbzc4eqSGuA3Uf2rlUfZEIz4dOLgHaIXdUH1PB9+Aw4&#10;N0Kq/uERvg+fAefby4pkb5GCu/uuJvrhoyWKJOn2qA6JfpRYxEtpgWqiw/VThcA/fPp+BNxqoh8e&#10;VyBeJe9bObsUeL7Mwk3ZmYpNNELRbqq9jBYMCYc13STOh88M7aZwKLLY9rAwm8ZRzRX3xeJoEofV&#10;b4+b8KHM2S9r0v3FCp1vLzz6gq7h0+lbeP/IUBBL9Re7HFx7/WMotBM+fXte32ydHn+Ff5hP4qgo&#10;S/ab4kf1TotLR8ci6DsRXkoqbFnd0v0oqXAzQ9/Sz82nxkEZ4vIUP1q3mWGXkgrvFpceLyXVYoHL&#10;UfhLjYOK6ngWlx73lUHRzeLS0b6iBWiLS/OjOO9w6fFcez3yibhR09ol3XfiaVSHZzjsmLJL7ae/&#10;OcZrGuf7MRE36so9LfN+nhj8LHw6f6tzZ2ccB0jflzYjoL84yzOBc+O5QNE02Q8fhwoUONM4F4ew&#10;G3wC58ZVMRGfa6otUj8QL5P3pVruDFxFawuEm+BX+fnGFK6khQVqD8+bFL8y6IZxmMTRPiBqrz8j&#10;G/QPn24clL4YWKA/yfb8uC8R95O4MN/os7lwv/Dp71u78VdO+FGIQ2WfioV2wqdvj9b10N9yYvpa&#10;BtyEf5R47tr2Jp7npS8ulRO4yj8XSoyHlP0qqr/bfqT1qLxuJeyYbM/PX0os9qZxbtyXeL4mcbQH&#10;hvhN4py/TeNcXJvsRxh/U/ajTRbEb2I+Wfn5RoXFoGR/aZEc7VUT8ary8w3SL9keLcRSe1M4Wpsj&#10;HOpaqfZq2pNIOOxXSeJozx3hsHkiiaN9WISbiBu1L25N4nq7pO/b+OdviQpVil/j+1FM+LnN2NGP&#10;qdyy8X40lak2tLCJ9qbyXpyytbipNLqm9Ti0N5WVh/nLRJJP7kPNTZQMCloaBiz9TB1WM0Kk3R66&#10;y86JQzUSdw4+FEuoxhId5750h/1jeKXA5fz88PXhvPi0wes3snq9/iY4HYMph+fDKXR3tv2he/we&#10;J//PHQ7mY6jinSP44aU7/2e5eMf7Oz4sL/9+29ArGw5/OuJI/Rpb7wC72l+QjGCasDjH3zzE32yO&#10;WzT1YXldYjGRfvz6it9wydvpvH9+wZ2MXV48dr/HCy+e9vZlAMTPsYJF6Bec6v/5vX4CA4O/fsLV&#10;3PibI1Ac+7m/f8KG5//b+ydWa9RnyOOw+cwGwM19eC8CDpC515jcSuvh5Snh5RI///dPUFQfDCsr&#10;ALkJ3lLhXjMBNX7yCyiwIRm3IkPT1hIEqcjQUIBeF9M/cYOZ43j1g14/gQ0/eAlFjqq/vdHtnRGI&#10;6beNJbT1xWUH8QsjML1zEH9mAyd2b5RvLeEp0rdE32NHieMft4WpSdSWZSTzwlysb82+fGLMC4Mx&#10;agu3rEVemEX0LVmQxAsGj9pK8MLcpW/NvnpizItGUNQY7tmIxOh52rdlURIz2DBujahhJ7woZayA&#10;e/GEQI4rgORSVpNtbLEokRzXALRo641ILpahtQdbBHJcBtw2ly0Xq2BREjl6cEY6EDns95PIUUWy&#10;V6K1J1rG5EbnWXBWGqp51735weA4C1AiOa4DkcPGU5Ecc4WMthgL5LgQsIlCLpbBokRyXIcUuVgJ&#10;98KJMbnRCRaF3OAAi2I5KhsOZG1ky/HTK/bwikCOC6FajqrM/RhRLUe1jpnkYiXcyyYEclwInVws&#10;g0pudGAlX+PgjzTmKFXqO+teNTEmNzysoo05flaFUNKYG51U0cnFSrgXTQjkuBCwiRxK+CEVQonk&#10;uA7kEMqYE14zMSY3PJ6ikeOnUzRyVGcYjDkllPCjKfZkikBu5BBGjHP8WAp2a4qWGx9K0eIclZ9v&#10;Y84eSRHIcSEg60omN3AI2m89no2MT6Ngh7LoEPwwij2LMiY3PImC3QAiOUq4+57iEUKbbwVyXAca&#10;c8rji59CsYdQBHJDh1CmS/wECk2qRHJcByKnPPiputp31r1cYkxuePYEGy9Ey9GSb98YLEfHEcaW&#10;Gx880aZMtDTXt+deLSGQ40LgtnIoofXPvjGLEslxHWi0Kd7KD5zY8yYCOS6ETi6WQSU3Pmqi5Q38&#10;pIk9aDImR5U0Z5F06oAVIma5W+6AGs0vm6i13d9+If2XTdSjTfRhW+LMXYm/bKLWhpjfu9D2a17p&#10;Pa3/k03UP3nvGwLRAlvf8GCQdr4hSqO0EtYEtX1vrjQTir6hnhw+3Qqew6RXCTCpoUJOuF1oIHy6&#10;hvxKQr9nMHwbPj0K0TQuCoVvw6dH4fkyA+V52ewVBg9thE/fFgw5oy2PSi9T+/2GU3107NMrSH7D&#10;RXpJwK+ep/cYYYhQB9Mye3XSqzzensmVIK9MEsNHZ5Djl3WMH7COYV+qjbeO29Ue/4Z0eq15/Ltd&#10;97i9x/3jfwEAAP//AwBQSwMECgAAAAAAAAAhANQRcHsMAgAADAIAABQAAABkcnMvbWVkaWEvaW1h&#10;Z2UxLnBuZ4lQTkcNChoKAAAADUlIRFIAAAAOAAAAEQgGAAAA7cidnwAAAAZiS0dEAP8A/wD/oL2n&#10;kwAAAAlwSFlzAAAOxAAADsQBlSsOGwAAAaxJREFUKJFj+P//P8P///8ZHn78qWy96MaLyA33jvz6&#10;+48VJo4LMzFAQefxl71vvv8VP/fyu/X2ux/DGQgAJgYGBoZLr76b7X342R8m2HH8Zd/ZF99sCGqc&#10;c/FNObLgux9/RaM3PThcd+jZrJ9//nFg08j48ssvKYdltx//Q3I2MjAQ5zw+11POnZuN+TOKjVvv&#10;forApYmBgYHhwsvvlnm7n6z98+8/C4rGI4+/eODzCwMDA8PRp19dJ5153YSi8da7n7qENDIwMDDM&#10;u/im9PmX37JwjW9//BEjRuOf/wwsBx999oZrZGFi/E2MRgYGBoZLr3+YwTXK8LLeJ1bj5VffTeEa&#10;dUU5TxOr8e6Hn1pff//jYWBgYGDKMxGtUxVkv0qMxn//GZiuvIbYytzb1vwhRENwjqYIxwU+duYP&#10;X3//4//w868wLs1CHCyvrWV4djP+//8fQ/Ll19/SCy69LZp/+V0RuhwXK9OXVQGK5lg1wkDe7sdr&#10;d93/HATjMzIw/NcQ5rjorMC7kQWnLgYGBn0xzhP7Hnz2c1HkW++tzLfcVJL7oAAH8zsGBgYGAAGI&#10;xf6qhf41AAAAAElFTkSuQmCCUEsDBAoAAAAAAAAAIQB4SRcCrwIAAK8CAAAUAAAAZHJzL21lZGlh&#10;L2ltYWdlMi5wbmeJUE5HDQoaCgAAAA1JSERSAAAAFgAAABUIBgAAAEIgHpUAAAAGYktHRAD/AP8A&#10;/6C9p5MAAAAJcEhZcwAADsQAAA7EAZUrDhsAAAJPSURBVDiNrdRNaBNBFAfwN22+upsaqknRtdhC&#10;ehGqSBESFKV4UBAvYgXRQz2oEKUKopRWRCje9FQQrKIFDQYJaA4iEUoXD7mE1KTFxho0hZAv23w1&#10;yZrNbmbHg6ZIzDa7xT8MDDPzfjwYeEAIgWZLxJLmnCfq835fH5YkCcm9k1ttIJNA6ufR4I/KoRuz&#10;cfdtNuHkRMko97ZZZGFPpDBS37/7Vjx/5k103p/khpTCiBDyz2FJwKYjLyMpHpOOxrtrg+bJ0YPd&#10;97bUsXu5cKkZCgDwdCE7tl7FXaphAROd83PuulyBgIl+dqV4WjXsiRRGkmVxz2ZF4Sw/qAoWsKSf&#10;DmUmWhUVeLxDFewK5x2JktjXEq7i7YphTpSMj4OZO60KAACSJbFXMexayl3N89isBI4Vhf5qTTK0&#10;hDkBdz5fzN5SggIAYALtC6sVe0t4OpSZyPHYohQG+P0fm8KJktA7s5i7qQYFAPBGi2fffi1cJISg&#10;prB7uXBZlIhOLUwA0PjH5MwVb+x9JMfva7xvp044Hq5VarvUwvXEimK/K5x3+JPckF6DeGuX/gtC&#10;iKADz8JcpUaorcKN2W/p8D84tvsCejS/encqsDb5v2AAgJ20Jo4IIfAhWhweYxMv5CaakjBGbczG&#10;UHM2hmZtDM1uzOP7vvSUcyk3CgCAAMiAxRCgtG3lT+nK4Wafa6E0KRtDsXaGnrMxNNvTqV1BCG0M&#10;d019UxawacBiCJyyml6dtG573U1rkwAA6bLY8ySUGffFueN7zYag/U9XfSZd5G+oMb8AtZk7z5hF&#10;zEgAAAAASUVORK5CYIJQSwMEFAAGAAgAAAAhAJqq0jzfAAAACAEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj0FLw0AUhO+C/2F5gje7idHYxLyUUtRTEWwF8bbNviah2bchu03Sf+960uMww8w3xWo2nRhp&#10;cK1lhHgRgSCurG65Rvjcv94tQTivWKvOMiFcyMGqvL4qVK7txB807nwtQgm7XCE03ve5lK5qyCi3&#10;sD1x8I52MMoHOdRSD2oK5aaT91GUSqNaDguN6mnTUHXanQ3C26SmdRK/jNvTcXP53j++f21jQry9&#10;mdfPIDzN/i8Mv/gBHcrAdLBn1k50CFmUxCGKkKYggp8t0wcQB4SnJANZFvL/gfIHAAD//wMAUEsD&#10;BBQABgAIAAAAIQAubPAAxQAAAKUBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc7yQwYrC&#10;MBCG7wv7DmHu27Q9LLKY9iKCV3EfYEimabCZhCSKvr2BZUFB8OZxZvi//2PW48Uv4kwpu8AKuqYF&#10;QayDcWwV/B62XysQuSAbXAKTgitlGIfPj/WeFiw1lGcXs6gUzgrmUuKPlFnP5DE3IRLXyxSSx1LH&#10;ZGVEfURLsm/bb5nuGTA8MMXOKEg704M4XGNtfs0O0+Q0bYI+eeLypEI6X7srEJOlosCTcfi37JvI&#10;FuRzh+49Dt2/g3x47nADAAD//wMAUEsBAi0AFAAGAAgAAAAhALGCZ7YKAQAAEwIAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAA7AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAih0WtF0SAAAPXgAA&#10;DgAAAAAAAAAAAAAAAAA6AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAKAAAAAAAAACEA1BFwewwCAAAM&#10;AgAAFAAAAAAAAAAAAAAAAADDFAAAZHJzL21lZGlhL2ltYWdlMS5wbmdQSwECLQAKAAAAAAAAACEA&#10;eEkXAq8CAACvAgAAFAAAAAAAAAAAAAAAAAABFwAAZHJzL21lZGlhL2ltYWdlMi5wbmdQSwECLQAU&#10;AAYACAAAACEAmqrSPN8AAAAIAQAADwAAAAAAAAAAAAAAAADiGQAAZHJzL2Rvd25yZXYueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAC5s8ADFAAAApQEAABkAAAAAAAAAAAAAAAAA7hoAAGRycy9fcmVscy9lMm9E&#10;b2MueG1sLnJlbHNQSwUGAAAAAAcABwC+AQAA6hsAAAAA&#10;">
+                <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
-                  <v:path gradientshapeok="t" o:connecttype="rect" o:extrusionok="f"/>
+                  <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
-                <v:shape id="docshape9" style="position:absolute;left:11091;top:4355;width:105;height:127;visibility:visible;mso-wrap-style:square" o:spid="_x0000_s1027" type="#_x0000_t75" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB76J3kxAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8oTezMYi1abZiJQWPIja1IO9PbLPJDb7NmS3Mf33riD0OMzMN0y6HEwjeupcbVnBNIpB&#10;EBdW11wqOHx9TBYgnEfW2FgmBX/kYJk9jFJMtL3wJ/W5L0WAsEtQQeV9m0jpiooMusi2xME72c6g&#10;D7Irpe7wEuCmkU9x/CwN1hwWKmzpraLiJ/81CvRsQef3HeN8u+r3x9y1ZvPyrdTjeFi9gvA0+P/w&#10;vb3WCmZwuxJugMyuAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHvoneTEAAAA2gAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
-                  <v:imagedata o:title="" r:id="rId15"/>
+                <v:shape id="docshape9" o:spid="_x0000_s1027" type="#_x0000_t75" style="position:absolute;left:11091;top:4355;width:105;height:127;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB76J3kxAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8oTezMYi1abZiJQWPIja1IO9PbLPJDb7NmS3Mf33riD0OMzMN0y6HEwjeupcbVnBNIpB&#10;EBdW11wqOHx9TBYgnEfW2FgmBX/kYJk9jFJMtL3wJ/W5L0WAsEtQQeV9m0jpiooMusi2xME72c6g&#10;D7Irpe7wEuCmkU9x/CwN1hwWKmzpraLiJ/81CvRsQef3HeN8u+r3x9y1ZvPyrdTjeFi9gvA0+P/w&#10;vb3WCmZwuxJugMyuAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHvoneTEAAAA2gAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
+                  <v:imagedata r:id="rId14" o:title=""/>
                 </v:shape>
-                <v:shape id="docshape10" style="position:absolute;left:10693;top:3863;width:833;height:677;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="833,677" o:spid="_x0000_s1028" fillcolor="#2799d5" stroked="f" path="m417,l335,8,257,32,186,70r-64,52l70,186,32,257,8,335,,417r4,58l37,587r48,61l150,671r-2,-16l147,639r1,-15l151,608r18,-68l171,526r1,-11l172,504r,-11l168,461r,-22l190,368r40,-48l297,290r52,-7l375,284r46,3l428,288r7,1l450,294r7,1l468,296r5,l482,294r5,-2l497,287r5,-1l510,284r3,l532,287r31,7l578,298r13,3l603,303r13,2l638,308r10,1l710,339r42,36l757,378r8,4l768,383r-4,8l736,403r-2,1l730,406r-2,3l725,418r-2,2l715,421r-8,l692,418r-7,l594,430r-58,22l523,477r2,15l552,550r17,17l576,575r2,4l580,586r,5l584,590r5,l602,585r10,-3l625,576r5,-2l637,573r7,l645,573r3,3l652,585r6,8l668,605r6,4l682,612r4,l699,629r20,27l727,666r13,11l741,677r41,-61l810,553r17,-67l833,417r-8,-82l801,257,763,186,711,122,648,70,576,32,498,8,417,xe" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDAAHyEwwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NbsIw&#10;EITvlXgHa5F6Kw45RDRgEEJC7bFNe4DbEi9xRLwOsZufPn1dqVKPo5n5RrPZjbYRPXW+dqxguUhA&#10;EJdO11wp+Pw4Pq1A+ICssXFMCibysNvOHjaYazfwO/VFqESEsM9RgQmhzaX0pSGLfuFa4uhdXWcx&#10;RNlVUnc4RLhtZJokmbRYc1ww2NLBUHkrvqyCyx1v1fmUvoTv8m16PhZmSlajUo/zcb8GEWgM/+G/&#10;9qtWkMHvlXgD5PYHAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAwAB8hMMAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
+                <v:shape id="docshape10" o:spid="_x0000_s1028" style="position:absolute;left:10693;top:3863;width:833;height:677;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="833,677" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDAAHyEwwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NbsIw&#10;EITvlXgHa5F6Kw45RDRgEEJC7bFNe4DbEi9xRLwOsZufPn1dqVKPo5n5RrPZjbYRPXW+dqxguUhA&#10;EJdO11wp+Pw4Pq1A+ICssXFMCibysNvOHjaYazfwO/VFqESEsM9RgQmhzaX0pSGLfuFa4uhdXWcx&#10;RNlVUnc4RLhtZJokmbRYc1ww2NLBUHkrvqyCyx1v1fmUvoTv8m16PhZmSlajUo/zcb8GEWgM/+G/&#10;9qtWkMHvlXgD5PYHAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAwAB8hMMAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m417,l335,8,257,32,186,70r-64,52l70,186,32,257,8,335,,417r4,58l37,587r48,61l150,671r-2,-16l147,639r1,-15l151,608r18,-68l171,526r1,-11l172,504r,-11l168,461r,-22l190,368r40,-48l297,290r52,-7l375,284r46,3l428,288r7,1l450,294r7,1l468,296r5,l482,294r5,-2l497,287r5,-1l510,284r3,l532,287r31,7l578,298r13,3l603,303r13,2l638,308r10,1l710,339r42,36l757,378r8,4l768,383r-4,8l736,403r-2,1l730,406r-2,3l725,418r-2,2l715,421r-8,l692,418r-7,l594,430r-58,22l523,477r2,15l552,550r17,17l576,575r2,4l580,586r,5l584,590r5,l602,585r10,-3l625,576r5,-2l637,573r7,l645,573r3,3l652,585r6,8l668,605r6,4l682,612r4,l699,629r20,27l727,666r13,11l741,677r41,-61l810,553r17,-67l833,417r-8,-82l801,257,763,186,711,122,648,70,576,32,498,8,417,xe" fillcolor="#2799d5" stroked="f">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="335,3871;186,3933;70,4049;8,4198;4,4338;85,4511;148,4518;148,4487;169,4403;172,4378;172,4356;168,4302;230,4183;349,4146;421,4150;435,4152;457,4158;473,4159;487,4155;502,4149;513,4147;563,4157;591,4164;616,4168;648,4172;752,4238;765,4245;764,4254;734,4267;728,4272;723,4283;707,4284;685,4281;536,4315;525,4355;569,4430;578,4442;580,4454;589,4453;612,4445;630,4437;644,4436;648,4439;658,4456;674,4472;686,4475;719,4519;740,4540;782,4479;827,4349;825,4198;763,4049;648,3933;498,3871" o:connectangles="0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0"/>
                 </v:shape>
-                <v:shape id="docshape11" style="position:absolute;left:10908;top:4366;width:166;height:159;visibility:visible;mso-wrap-style:square" o:spid="_x0000_s1029" type="#_x0000_t75" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAfy6VpvgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LisIw&#10;FN0P+A/hCu7GVBciHaPogDAMuPC1vzR3mjrNTW3SGv16sxBcHs57sYq2Fj21vnKsYDLOQBAXTldc&#10;Kjgdt59zED4ga6wdk4I7eVgtBx8LzLW78Z76QyhFCmGfowITQpNL6QtDFv3YNcSJ+3OtxZBgW0rd&#10;4i2F21pOs2wmLVacGgw29G2o+D90VkHoro+L6dbleePt7nLt4+Z3GpUaDeP6C0SgGN7il/tHK0hb&#10;05V0A+TyCQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAAAAAA&#10;AAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAB/LpWm+AAAA2gAAAA8AAAAAAAAA&#10;AAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAADyAgAAAAA=&#10;">
-                  <v:imagedata o:title="" r:id="rId16"/>
+                <v:shape id="docshape11" o:spid="_x0000_s1029" type="#_x0000_t75" style="position:absolute;left:10908;top:4366;width:166;height:159;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAfy6VpvgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LisIw&#10;FN0P+A/hCu7GVBciHaPogDAMuPC1vzR3mjrNTW3SGv16sxBcHs57sYq2Fj21vnKsYDLOQBAXTldc&#10;Kjgdt59zED4ga6wdk4I7eVgtBx8LzLW78Z76QyhFCmGfowITQpNL6QtDFv3YNcSJ+3OtxZBgW0rd&#10;4i2F21pOs2wmLVacGgw29G2o+D90VkHoro+L6dbleePt7nLt4+Z3GpUaDeP6C0SgGN7il/tHK0hb&#10;05V0A+TyCQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAAAAAA&#10;AAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAB/LpWm+AAAA2gAAAA8AAAAAAAAA&#10;AAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAADyAgAAAAA=&#10;">
+                  <v:imagedata r:id="rId15" o:title=""/>
                 </v:shape>
-                <v:shape id="docshape12" style="position:absolute;left:11380;top:4202;width:18;height:12;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="18,12" o:spid="_x0000_s1030" fillcolor="#2799d5" stroked="f" path="m5,l,5,,6r7,4l10,11r2,1l16,12r1,l18,12r,-1l17,11,16,9r,-1l15,7,12,5,10,3,7,1,6,1,5,xe" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAcePxwxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8Mw&#10;DIXvhf0Ho0FvrbMd0pLVLVthozAoLM0PELaWhMVysL027a+vDoPdJN7Te582u8kP6kwx9YENPC0L&#10;UMQ2uJ5bA83pfbEGlTKywyEwGbhSgt32YbbByoULf9G5zq2SEE4VGuhyHiutk+3IY1qGkVi07xA9&#10;Zlljq13Ei4T7QT8XRak99iwNHY6078j+1L/ewLq2+49jeWuv5WdjuWymuMpvxswfp9cXUJmm/G/+&#10;uz44wRd6+UUG0Ns7AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABx4/HDEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
+                <v:shape id="docshape12" o:spid="_x0000_s1030" style="position:absolute;left:11380;top:4202;width:18;height:12;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="18,12" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAcePxwxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8Mw&#10;DIXvhf0Ho0FvrbMd0pLVLVthozAoLM0PELaWhMVysL027a+vDoPdJN7Te582u8kP6kwx9YENPC0L&#10;UMQ2uJ5bA83pfbEGlTKywyEwGbhSgt32YbbByoULf9G5zq2SEE4VGuhyHiutk+3IY1qGkVi07xA9&#10;Zlljq13Ei4T7QT8XRak99iwNHY6078j+1L/ewLq2+49jeWuv5WdjuWymuMpvxswfp9cXUJmm/G/+&#10;uz44wRd6+UUG0Ns7AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABx4/HDEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m5,l,5,,6r7,4l10,11r2,1l16,12r1,l18,12r,-1l17,11,16,9r,-1l15,7,12,5,10,3,7,1,6,1,5,xe" fillcolor="#2799d5" stroked="f">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="5,4202;0,4207;0,4208;7,4212;10,4213;12,4214;16,4214;16,4214;17,4214;17,4214;18,4214;18,4213;17,4213;16,4211;16,4210;15,4209;12,4207;10,4205;7,4203;6,4203;5,4202" o:connectangles="0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0"/>
                 </v:shape>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BA10880" w14:textId="77777777" w:rsidR="002F41D8" w:rsidRPr="0063271D" w:rsidRDefault="002F41D8" w:rsidP="006D59D3">
       <w:pPr>
         <w:ind w:left="1440" w:right="-540"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="2799D5"/>
           <w:sz w:val="60"/>
           <w:szCs w:val="60"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="77050DF1" w14:textId="77777777" w:rsidR="005A2B20" w:rsidRPr="0063271D" w:rsidRDefault="009B1301" w:rsidP="009B1301">
       <w:pPr>
         <w:ind w:left="630" w:right="-540"/>
         <w:jc w:val="right"/>
         <w:rPr>
@@ -1419,51 +1414,51 @@
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3C9A4856" wp14:editId="4BC3D821">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-914400</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>8851265</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="7781290" cy="1206500"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="1" name="image5.png"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="rId17" cstate="print"/>
+                        <a:blip r:embed="rId16" cstate="print"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="7781290" cy="1206500"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </w:r>
@@ -1471,178 +1466,171 @@
             <w:br w:type="page"/>
           </w:r>
         </w:p>
         <w:p w14:paraId="03A792F8" w14:textId="24BFB004" w:rsidR="00EF6AE6" w:rsidRPr="0063271D" w:rsidRDefault="00EF6AE6" w:rsidP="00EF6AE6">
           <w:pPr>
             <w:widowControl/>
             <w:autoSpaceDE/>
             <w:autoSpaceDN/>
             <w:adjustRightInd/>
           </w:pPr>
           <w:r w:rsidRPr="0063271D">
             <w:rPr>
               <w:rStyle w:val="Heading1Char"/>
             </w:rPr>
             <w:lastRenderedPageBreak/>
             <w:t>Liste de vérification pour le formulaire de demande</w:t>
           </w:r>
           <w:r w:rsidRPr="0063271D">
             <w:rPr>
               <w:rStyle w:val="Heading1Char"/>
             </w:rPr>
             <w:br/>
           </w:r>
           <w:r w:rsidRPr="0063271D">
             <w:br/>
-          </w:r>
-[...6 lines deleted...]
-            <w:t xml:space="preserve"> assurer que tous ces points sont </w:t>
+            <w:t xml:space="preserve">Veuillez vous assurer que tous ces points sont </w:t>
           </w:r>
           <w:r w:rsidR="004A66CA" w:rsidRPr="0063271D">
             <w:t xml:space="preserve">réglés </w:t>
           </w:r>
           <w:r w:rsidRPr="0063271D">
             <w:t>pour permettre le traitement de votre demande de financement :</w:t>
           </w:r>
           <w:r w:rsidRPr="0063271D">
             <w:br/>
           </w:r>
         </w:p>
-        <w:p w14:paraId="4EBDDE81" w14:textId="6FE481A4" w:rsidR="00EF6AE6" w:rsidRPr="0063271D" w:rsidRDefault="0063271D" w:rsidP="00EF6AE6">
+        <w:p w14:paraId="4EBDDE81" w14:textId="6FE481A4" w:rsidR="00EF6AE6" w:rsidRPr="0063271D" w:rsidRDefault="00E0646E" w:rsidP="00EF6AE6">
           <w:pPr>
             <w:widowControl/>
             <w:autoSpaceDE/>
             <w:autoSpaceDN/>
             <w:adjustRightInd/>
           </w:pPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="-877697664"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="004A66CA" w:rsidRPr="0063271D">
                 <w:rPr>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                 </w:rPr>
                 <w:t>☐</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:r w:rsidR="004A66CA" w:rsidRPr="0063271D">
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidR="00DE4D61" w:rsidRPr="0063271D">
             <w:t>Tous les rapports sur les programmes ainsi que les rapports financiers et de vérification en souffrance relatifs aux accords de contribution antérieurs du GTNO ont été transmis aux représentants des ministères concernés.</w:t>
           </w:r>
           <w:r w:rsidR="00DE4D61" w:rsidRPr="0063271D">
             <w:br/>
           </w:r>
         </w:p>
-        <w:p w14:paraId="650DCD5B" w14:textId="6CB0FD74" w:rsidR="00EF6AE6" w:rsidRPr="0063271D" w:rsidRDefault="0063271D" w:rsidP="00EF6AE6">
+        <w:p w14:paraId="650DCD5B" w14:textId="6CB0FD74" w:rsidR="00EF6AE6" w:rsidRPr="0063271D" w:rsidRDefault="00E0646E" w:rsidP="00EF6AE6">
           <w:pPr>
             <w:widowControl/>
             <w:autoSpaceDE/>
             <w:autoSpaceDN/>
             <w:adjustRightInd/>
           </w:pPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="1038096460"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="004A66CA" w:rsidRPr="0063271D">
                 <w:rPr>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                 </w:rPr>
                 <w:t>☐</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:r w:rsidR="004A66CA" w:rsidRPr="0063271D">
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidR="00DE4D61" w:rsidRPr="0063271D">
             <w:t>Le formulaire de demande dûment rempli a été transmis en ligne ou envoyé par courriel à mha@gov.nt.ca.</w:t>
           </w:r>
           <w:r w:rsidR="00DE4D61" w:rsidRPr="0063271D">
             <w:br/>
           </w:r>
         </w:p>
-        <w:p w14:paraId="5D8C1BBC" w14:textId="5BE828CC" w:rsidR="00EF6AE6" w:rsidRPr="0063271D" w:rsidRDefault="0063271D" w:rsidP="00EF6AE6">
+        <w:p w14:paraId="5D8C1BBC" w14:textId="5BE828CC" w:rsidR="00EF6AE6" w:rsidRPr="0063271D" w:rsidRDefault="00E0646E" w:rsidP="00EF6AE6">
           <w:pPr>
             <w:widowControl/>
             <w:autoSpaceDE/>
             <w:autoSpaceDN/>
             <w:adjustRightInd/>
           </w:pPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="-329758084"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="00EF6AE6" w:rsidRPr="0063271D">
                 <w:rPr>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                 </w:rPr>
                 <w:t>☐</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:r w:rsidR="004A66CA" w:rsidRPr="0063271D">
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidR="00DE4D61" w:rsidRPr="0063271D">
             <w:t>Le formulaire de budget dûment rempli a été envoyé par courriel à mha@gov.nt.ca.</w:t>
           </w:r>
           <w:r w:rsidR="00DE4D61" w:rsidRPr="0063271D">
             <w:br/>
           </w:r>
         </w:p>
-        <w:p w14:paraId="6310E8EA" w14:textId="71368571" w:rsidR="00EF6AE6" w:rsidRPr="0063271D" w:rsidRDefault="0063271D" w:rsidP="00EF6AE6">
+        <w:p w14:paraId="6310E8EA" w14:textId="71368571" w:rsidR="00EF6AE6" w:rsidRPr="0063271D" w:rsidRDefault="00E0646E" w:rsidP="00EF6AE6">
           <w:pPr>
             <w:widowControl/>
             <w:autoSpaceDE/>
             <w:autoSpaceDN/>
             <w:adjustRightInd/>
           </w:pPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="1833403729"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="00EF6AE6" w:rsidRPr="0063271D">
                 <w:rPr>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                 </w:rPr>
                 <w:t>☐</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
@@ -2094,51 +2082,51 @@
             <w:tblW w:w="13500" w:type="dxa"/>
             <w:tblBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tblBorders>
             <w:tblCellMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="72" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="72" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="13500"/>
           </w:tblGrid>
           <w:tr w:rsidR="005F02DE" w:rsidRPr="0063271D" w14:paraId="0FA54E54" w14:textId="77777777" w:rsidTr="000D38CA">
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="9360" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="56A19386" w14:textId="4106D96A" w:rsidR="005F02DE" w:rsidRPr="0063271D" w:rsidRDefault="0063271D" w:rsidP="000D38CA">
+              <w:p w14:paraId="56A19386" w14:textId="4106D96A" w:rsidR="005F02DE" w:rsidRPr="0063271D" w:rsidRDefault="00E0646E" w:rsidP="000D38CA">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:sdt>
                   <w:sdtPr>
                     <w:rPr>
                       <w:sz w:val="28"/>
                     </w:rPr>
                     <w:id w:val="-993173545"/>
                     <w14:checkbox>
                       <w14:checked w14:val="0"/>
                       <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                       <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                     </w14:checkbox>
                   </w:sdtPr>
                   <w:sdtEndPr/>
                   <w:sdtContent>
                     <w:r w:rsidR="005F02DE" w:rsidRPr="0063271D">
                       <w:rPr>
                         <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                         <w:sz w:val="28"/>
                         <w:szCs w:val="24"/>
@@ -2146,51 +2134,51 @@
                       <w:t>☐</w:t>
                     </w:r>
                   </w:sdtContent>
                 </w:sdt>
                 <w:r w:rsidR="004A66CA" w:rsidRPr="0063271D">
                   <w:rPr>
                     <w:sz w:val="28"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
                 <w:r w:rsidR="00DE4D61" w:rsidRPr="0063271D">
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>Fonds communautaire de prévention du suicide</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr w:rsidR="005F02DE" w:rsidRPr="0063271D" w14:paraId="3B9B2DCC" w14:textId="77777777" w:rsidTr="000D38CA">
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="9360" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="53BAAD67" w14:textId="46ECC35E" w:rsidR="005F02DE" w:rsidRPr="0063271D" w:rsidRDefault="0063271D" w:rsidP="000D38CA">
+              <w:p w14:paraId="53BAAD67" w14:textId="46ECC35E" w:rsidR="005F02DE" w:rsidRPr="0063271D" w:rsidRDefault="00E0646E" w:rsidP="000D38CA">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:sdt>
                   <w:sdtPr>
                     <w:rPr>
                       <w:sz w:val="28"/>
                     </w:rPr>
                     <w:id w:val="-722219871"/>
                     <w14:checkbox>
                       <w14:checked w14:val="0"/>
                       <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                       <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                     </w14:checkbox>
                   </w:sdtPr>
                   <w:sdtEndPr/>
                   <w:sdtContent>
                     <w:r w:rsidR="005F02DE" w:rsidRPr="0063271D">
                       <w:rPr>
                         <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                         <w:sz w:val="28"/>
                         <w:szCs w:val="24"/>
@@ -2218,149 +2206,95 @@
         </w:tbl>
         <w:p w14:paraId="5F13000D" w14:textId="77777777" w:rsidR="00FC7D3A" w:rsidRPr="0063271D" w:rsidRDefault="00FC7D3A" w:rsidP="009B1301">
           <w:pPr>
             <w:rPr>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w14:paraId="689CE5D5" w14:textId="3E0DA83D" w:rsidR="00AE3C83" w:rsidRPr="0063271D" w:rsidRDefault="00F37301" w:rsidP="00837274">
           <w:pPr>
             <w:widowControl/>
             <w:autoSpaceDE/>
             <w:autoSpaceDN/>
             <w:adjustRightInd/>
             <w:spacing w:after="120"/>
           </w:pPr>
           <w:r w:rsidRPr="0063271D">
             <w:t>Pour connaître les exigences du fonds, consultez l</w:t>
           </w:r>
           <w:r w:rsidR="004A66CA" w:rsidRPr="0063271D">
             <w:t>e</w:t>
           </w:r>
           <w:r w:rsidRPr="0063271D">
             <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:commentRangeStart w:id="0"/>
-[...23 lines deleted...]
-          </w:r>
+          <w:hyperlink r:id="rId17" w:history="1">
+            <w:r w:rsidR="004A66CA" w:rsidRPr="0063271D">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>www.gov.nt.ca/fr/services/funding-programs</w:t>
+            </w:r>
+          </w:hyperlink>
           <w:r w:rsidRPr="0063271D">
             <w:t>.</w:t>
           </w:r>
           <w:r w:rsidR="004A66CA" w:rsidRPr="0063271D">
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidRPr="0063271D">
             <w:t xml:space="preserve"> </w:t>
-          </w:r>
-[...5 lines deleted...]
-            <w:commentReference w:id="0"/>
           </w:r>
         </w:p>
         <w:p w14:paraId="22186977" w14:textId="468F4FDF" w:rsidR="00AE3C83" w:rsidRPr="0063271D" w:rsidRDefault="00AE3C83" w:rsidP="00EF6AE6">
           <w:pPr>
             <w:pStyle w:val="Heading1"/>
           </w:pPr>
           <w:r w:rsidRPr="0063271D">
             <w:t>Instructions relatives à la demande</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="74BAC814" w14:textId="0A4B81DB" w:rsidR="0097289D" w:rsidRPr="0063271D" w:rsidRDefault="0097289D" w:rsidP="00FF7D07">
           <w:pPr>
             <w:pStyle w:val="ListParagraph"/>
             <w:numPr>
               <w:ilvl w:val="0"/>
               <w:numId w:val="18"/>
             </w:numPr>
           </w:pPr>
           <w:r w:rsidRPr="0063271D">
             <w:t xml:space="preserve">Veuillez répondre à toutes les questions du présent formulaire de demande. Pour remplir une demande en ligne, cliquez sur ce lien </w:t>
           </w:r>
-          <w:commentRangeStart w:id="1"/>
-[...36 lines deleted...]
-          </w:r>
+          <w:hyperlink r:id="rId18" w:history="1">
+            <w:r w:rsidRPr="0063271D">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Microsoft Forms</w:t>
+            </w:r>
+          </w:hyperlink>
           <w:r w:rsidRPr="0063271D">
             <w:t>.</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="5B0583BF" w14:textId="231D5BD0" w:rsidR="00FF7D07" w:rsidRPr="0063271D" w:rsidRDefault="00C91C10" w:rsidP="00FF7D07">
           <w:pPr>
             <w:pStyle w:val="ListParagraph"/>
             <w:numPr>
               <w:ilvl w:val="0"/>
               <w:numId w:val="18"/>
             </w:numPr>
           </w:pPr>
           <w:r w:rsidRPr="0063271D">
             <w:t>Tous les documents obligatoires (version papier du formulaire de demande, formulaire de budget, attestation d’assurance et attestation d’enregistrement, le cas échéant) doivent être envoyés par courriel à mha@gov.nt.ca.</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="68207A6E" w14:textId="2C1B33A6" w:rsidR="003F064A" w:rsidRPr="0063271D" w:rsidRDefault="003F064A" w:rsidP="003F064A">
           <w:pPr>
             <w:widowControl/>
             <w:numPr>
               <w:ilvl w:val="1"/>
               <w:numId w:val="18"/>
             </w:numPr>
             <w:autoSpaceDE/>
             <w:autoSpaceDN/>
@@ -2393,126 +2327,126 @@
             <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
             <w:rPr>
               <w:rFonts w:cs="Segoe UI"/>
               <w:color w:val="000000"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="0063271D">
             <w:rPr>
               <w:color w:val="000000"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Si vous sollicitez le même fonds pour différents projets, envoyez un formulaire de demande et un formulaire de budget distincts pour chaque projet.</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="787E8541" w14:textId="1ADE3AD4" w:rsidR="00A63761" w:rsidRPr="0063271D" w:rsidRDefault="00837274">
           <w:pPr>
             <w:widowControl/>
             <w:autoSpaceDE/>
             <w:autoSpaceDN/>
             <w:adjustRightInd/>
           </w:pPr>
           <w:r w:rsidRPr="0063271D">
             <w:t xml:space="preserve">Pour toute question, écrivez-nous à </w:t>
           </w:r>
-          <w:hyperlink r:id="rId22" w:history="1">
+          <w:hyperlink r:id="rId19" w:history="1">
             <w:r w:rsidRPr="0063271D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>mha@gov.nt.ca</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidRPr="0063271D">
             <w:t xml:space="preserve">. </w:t>
           </w:r>
           <w:r w:rsidRPr="0063271D">
             <w:br/>
           </w:r>
         </w:p>
         <w:p w14:paraId="38A41CE0" w14:textId="77777777" w:rsidR="00F41431" w:rsidRPr="0063271D" w:rsidRDefault="00F41431">
           <w:pPr>
             <w:widowControl/>
             <w:autoSpaceDE/>
             <w:autoSpaceDN/>
             <w:adjustRightInd/>
           </w:pPr>
           <w:r w:rsidRPr="0063271D">
             <w:br w:type="page"/>
           </w:r>
         </w:p>
         <w:p w14:paraId="0EB4B25D" w14:textId="2AFCFF33" w:rsidR="00170FBB" w:rsidRPr="0063271D" w:rsidRDefault="00F558B4" w:rsidP="00EF6AE6">
           <w:pPr>
             <w:pStyle w:val="Heading1"/>
           </w:pPr>
           <w:r w:rsidRPr="0063271D">
             <w:lastRenderedPageBreak/>
             <w:t>Renseignements sur le programme</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="1C0C0029" w14:textId="7B058045" w:rsidR="00F922E3" w:rsidRPr="0063271D" w:rsidRDefault="00E74073" w:rsidP="00F922E3">
           <w:pPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="32"/>
             </w:rPr>
           </w:pPr>
-          <w:bookmarkStart w:id="2" w:name="_Toc89348319"/>
-          <w:bookmarkStart w:id="3" w:name="_Toc89411118"/>
+          <w:bookmarkStart w:id="0" w:name="_Toc89348319"/>
+          <w:bookmarkStart w:id="1" w:name="_Toc89411118"/>
           <w:r w:rsidRPr="0063271D">
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="32"/>
             </w:rPr>
             <w:br/>
             <w:t>Titre du programme</w:t>
           </w:r>
-          <w:bookmarkEnd w:id="2"/>
-          <w:bookmarkEnd w:id="3"/>
+          <w:bookmarkEnd w:id="0"/>
+          <w:bookmarkEnd w:id="1"/>
           <w:r w:rsidRPr="0063271D">
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="32"/>
             </w:rPr>
             <w:t> :</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="452B6131" w14:textId="7DAD421E" w:rsidR="00170FBB" w:rsidRPr="0063271D" w:rsidRDefault="0063271D" w:rsidP="00170FBB"/>
+        <w:p w14:paraId="452B6131" w14:textId="7DAD421E" w:rsidR="00170FBB" w:rsidRPr="0063271D" w:rsidRDefault="00E0646E" w:rsidP="00170FBB"/>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="3455F690" w14:textId="77777777" w:rsidR="008A080C" w:rsidRPr="0063271D" w:rsidRDefault="00170FBB" w:rsidP="00F459C3">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Toc89348320"/>
-      <w:bookmarkStart w:id="5" w:name="_Toc89411119"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc89348320"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc89411119"/>
       <w:r w:rsidRPr="0063271D">
         <w:t>Description du programme</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w14:paraId="44DB4868" w14:textId="2AF9AFD7" w:rsidR="00703060" w:rsidRPr="0063271D" w:rsidRDefault="008A080C" w:rsidP="008A080C">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0063271D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Veuillez fournir des réponses concises et claires. Veuillez respecter le nombre maximal de mots, le cas échéant.</w:t>
       </w:r>
       <w:r w:rsidRPr="0063271D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="03B4CE45" w14:textId="7B093FE5" w:rsidR="00703060" w:rsidRPr="0063271D" w:rsidRDefault="000B456D" w:rsidP="00F03AA8">
       <w:pPr>
@@ -2661,57 +2595,57 @@
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="0063271D">
         <w:t>Quel est votre public cible (p. ex. âge, genre, préoccupation particulière)?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51725035" w14:textId="77777777" w:rsidR="002F41D8" w:rsidRPr="0063271D" w:rsidRDefault="002F41D8" w:rsidP="00170FBB"/>
     <w:p w14:paraId="297BD088" w14:textId="77777777" w:rsidR="002F41D8" w:rsidRPr="0063271D" w:rsidRDefault="002F41D8" w:rsidP="00170FBB"/>
     <w:p w14:paraId="0DFBABA1" w14:textId="0C06E432" w:rsidR="00DA6E9B" w:rsidRPr="0063271D" w:rsidRDefault="00DA6E9B">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
       </w:pPr>
       <w:r w:rsidRPr="0063271D">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F6D0629" w14:textId="77777777" w:rsidR="002F41D8" w:rsidRPr="0063271D" w:rsidRDefault="002F41D8" w:rsidP="00170FBB"/>
     <w:p w14:paraId="0AF3F823" w14:textId="77777777" w:rsidR="002F41D8" w:rsidRPr="0063271D" w:rsidRDefault="002F41D8" w:rsidP="00170FBB"/>
     <w:p w14:paraId="23733B5B" w14:textId="7BD5C9A0" w:rsidR="00170FBB" w:rsidRPr="0063271D" w:rsidRDefault="00170FBB" w:rsidP="00170FBB">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Toc89348321"/>
-      <w:bookmarkStart w:id="7" w:name="_Toc89411120"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc89348321"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc89411120"/>
       <w:r w:rsidRPr="0063271D">
         <w:t>Évaluation du programme</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:p w14:paraId="3CF713B5" w14:textId="77777777" w:rsidR="00AA0278" w:rsidRPr="0063271D" w:rsidRDefault="00AA0278" w:rsidP="00AA0278"/>
     <w:p w14:paraId="1DB3F89E" w14:textId="2DED5BD0" w:rsidR="001A5745" w:rsidRPr="0063271D" w:rsidRDefault="001A5745" w:rsidP="00AA0278">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0063271D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Retombées attendues </w:t>
       </w:r>
       <w:r w:rsidR="004A66CA" w:rsidRPr="0063271D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -3002,117 +2936,191 @@
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00434BF7" w:rsidRPr="0063271D">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="004F55A6" w:rsidRPr="0063271D">
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0063271D">
         <w:t>Non</w:t>
       </w:r>
       <w:r w:rsidRPr="0063271D">
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CBCD0E1" w14:textId="6DE5E7D1" w:rsidR="00CC4B2C" w:rsidRPr="0063271D" w:rsidRDefault="000C3D71" w:rsidP="00CC4B2C">
+    <w:p w14:paraId="2CBCD0E1" w14:textId="6DE5E7D1" w:rsidR="00CC4B2C" w:rsidRDefault="000C3D71" w:rsidP="00CC4B2C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
       </w:pPr>
       <w:r w:rsidRPr="0063271D">
         <w:t xml:space="preserve">Dans la négative, veuillez expliquer pourquoi vous n’êtes pas en mesure de les </w:t>
       </w:r>
       <w:r w:rsidR="00AF27D5" w:rsidRPr="0063271D">
         <w:t>recueillir</w:t>
       </w:r>
       <w:r w:rsidRPr="0063271D">
         <w:t>. (150 mots max.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62A60B19" w14:textId="77777777" w:rsidR="00CC4B2C" w:rsidRPr="0063271D" w:rsidRDefault="00CC4B2C" w:rsidP="00CC4B2C"/>
-[...1 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="10CFDE02" w14:textId="77777777" w:rsidR="00E0646E" w:rsidRDefault="00E0646E" w:rsidP="00E0646E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
+        <w:ind w:left="720"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="197BE1D4" w14:textId="77777777" w:rsidR="00CC4B2C" w:rsidRPr="0063271D" w:rsidRDefault="00CC4B2C" w:rsidP="00CC4B2C">
-      <w:pPr>
+    <w:p w14:paraId="68D53440" w14:textId="40EC1F61" w:rsidR="00170FBB" w:rsidRPr="0063271D" w:rsidRDefault="00E0646E" w:rsidP="00E174B0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
       </w:pPr>
-    </w:p>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="0063271D">
+      <w:r w:rsidRPr="00E0646E">
+        <w:t>Consentement à la divulgation des coordonnées</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E0646E">
+        <w:t>Consentez-vous à la transmission de vos coordonnées à d’autres bénéficiaires du Fonds pour le mieux-être psychologique et le rétablissement des dépendances ou pour la prévention du suicide qui souhaiteraient en savoir plus sur le programme offert?</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="-371307340"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00E0646E">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00E0646E">
+        <w:rPr>
+          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0063271D">
+        <w:t xml:space="preserve">Oui </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+          </w:rPr>
+          <w:id w:val="-575291008"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00E0646E">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00E0646E">
+        <w:rPr>
+          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0063271D">
+        <w:t>Non</w:t>
+      </w:r>
+      <w:r w:rsidR="003D0725" w:rsidRPr="0063271D">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="68DAA9BE" w14:textId="77777777" w:rsidR="003D0725" w:rsidRPr="0063271D" w:rsidRDefault="003D0725" w:rsidP="003D0725">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0063271D">
         <w:lastRenderedPageBreak/>
         <w:t>Budget</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="591F95E4" w14:textId="19ABBD36" w:rsidR="00F558B4" w:rsidRPr="0063271D" w:rsidRDefault="003D0725" w:rsidP="00F542DA">
       <w:r w:rsidRPr="0063271D">
         <w:t xml:space="preserve">Veuillez utiliser la feuille de calcul Excel mise à votre disposition </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:history="1">
+      <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidRPr="0063271D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>en ligne</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0063271D">
         <w:t xml:space="preserve"> pour présenter votre budget</w:t>
       </w:r>
       <w:r w:rsidR="007F70BA" w:rsidRPr="0063271D">
         <w:t xml:space="preserve"> proposé</w:t>
       </w:r>
       <w:r w:rsidRPr="0063271D">
         <w:t>. Détaillez les coûts prévus pour chaque poste budgétaire. Envoyez le formulaire de budget dûment rempli par courriel à mha@gov.nt.ca.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24FF27A3" w14:textId="31140BD8" w:rsidR="00170FBB" w:rsidRPr="0063271D" w:rsidRDefault="00170FBB" w:rsidP="0063271D">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4030"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="0063271D">
@@ -3159,51 +3167,51 @@
         <w:t>connexes</w:t>
       </w:r>
       <w:r w:rsidRPr="0063271D">
         <w:t xml:space="preserve">. Ils seront utilisés pour assurer le suivi du Fonds pour le mieux-être psychologique et le rétablissement des dépendances et des programmes connexes, ainsi que pour leur administration générale et leur mise en application. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04476024" w14:textId="16A83397" w:rsidR="00170FBB" w:rsidRPr="0063271D" w:rsidRDefault="00170FBB" w:rsidP="002F41D8">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="0063271D">
         <w:t>Les dispositions de ces deux lois relatives à la protection de la vie privée protègent ces renseignements</w:t>
       </w:r>
       <w:r w:rsidR="0063271D" w:rsidRPr="0063271D">
         <w:t>. J</w:t>
       </w:r>
       <w:r w:rsidRPr="0063271D">
         <w:t>e comprends que les renseignements fournis dans cette demande peuvent être accessibles en vertu de ces textes législatifs. Toute question relative à la collecte, à l’utilisation ou à la divulgation des renseignements personnels ou de renseignements sur la santé peut être envoyée à la Division du mieux-être psychologique et du rétablissement des dépendances à</w:t>
       </w:r>
       <w:r w:rsidR="0063271D" w:rsidRPr="0063271D">
         <w:t xml:space="preserve"> l’adresse</w:t>
       </w:r>
       <w:r w:rsidRPr="0063271D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidRPr="0063271D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>mha@gov.nt.ca</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0063271D">
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4140097D" w14:textId="499CB712" w:rsidR="00170FBB" w:rsidRPr="0063271D" w:rsidRDefault="00170FBB" w:rsidP="002F41D8">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="0063271D">
         <w:t>J’atteste que les renseignements fournis sont exacts et complets et que le rapport est présenté de bonne foi.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50B8D408" w14:textId="1B200503" w:rsidR="00170FBB" w:rsidRPr="0063271D" w:rsidRDefault="00170FBB" w:rsidP="00170FBB">
       <w:r w:rsidRPr="0063271D">
         <w:t>Signature : ________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="440BC1F1" w14:textId="77777777" w:rsidR="00A601A3" w:rsidRPr="0063271D" w:rsidRDefault="00A601A3" w:rsidP="00170FBB"/>
@@ -3301,182 +3309,106 @@
     <w:p w14:paraId="53A721B5" w14:textId="336AE7E9" w:rsidR="00F542DA" w:rsidRDefault="003B30E5" w:rsidP="00DC585E">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0063271D">
         <w:t xml:space="preserve">Envoyez les demandes remplies </w:t>
       </w:r>
       <w:r w:rsidR="0063271D" w:rsidRPr="0063271D">
         <w:t>au format</w:t>
       </w:r>
       <w:r w:rsidRPr="0063271D">
         <w:t xml:space="preserve"> papier à </w:t>
       </w:r>
       <w:r w:rsidR="0063271D" w:rsidRPr="0063271D">
         <w:t>l’adresse</w:t>
       </w:r>
       <w:r w:rsidRPr="0063271D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25" w:history="1">
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidRPr="0063271D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>mha@gov.nt.ca.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="33F5BED1" w14:textId="77777777" w:rsidR="00F542DA" w:rsidRDefault="00F542DA" w:rsidP="00DC585E">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6FE15E2C" w14:textId="77777777" w:rsidR="00F542DA" w:rsidRDefault="00F542DA" w:rsidP="00DC585E">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00F542DA" w:rsidSect="003F7A33">
-      <w:headerReference w:type="default" r:id="rId26"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId29"/>
+      <w:headerReference w:type="default" r:id="rId23"/>
+      <w:footerReference w:type="default" r:id="rId24"/>
+      <w:headerReference w:type="first" r:id="rId25"/>
+      <w:footerReference w:type="first" r:id="rId26"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
-</file>
-[...74 lines deleted...]
-</w16cid:commentsIds>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="25F45BA3" w14:textId="77777777" w:rsidR="00DE4D61" w:rsidRDefault="00DE4D61" w:rsidP="00460214">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="178A7BA4" w14:textId="77777777" w:rsidR="00DE4D61" w:rsidRDefault="00DE4D61" w:rsidP="00460214">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="018A1C46" w14:textId="77777777" w:rsidR="00DE4D61" w:rsidRDefault="00DE4D61"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
@@ -3549,51 +3481,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="10262593" w14:textId="23877F0B" w:rsidR="009D105A" w:rsidRPr="002F41D8" w:rsidRDefault="009D105A" w:rsidP="002F41D8">
+  <w:p w14:paraId="10262593" w14:textId="1640774E" w:rsidR="009D105A" w:rsidRPr="002F41D8" w:rsidRDefault="009D105A" w:rsidP="002F41D8">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:eastAsia="Cambria" w:hAnsi="Calibri Light"/>
         <w:color w:val="7F7F7F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
         <w:color w:val="7F7F7F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Page </w:t>
     </w:r>
     <w:r w:rsidRPr="00877CFD">
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:eastAsia="Cambria" w:hAnsi="Calibri Light"/>
@@ -3654,51 +3586,51 @@
         <w:rFonts w:ascii="Calibri Light" w:eastAsia="Cambria" w:hAnsi="Calibri Light"/>
         <w:color w:val="7F7F7F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:eastAsia="Cambria" w:hAnsi="Calibri Light"/>
         <w:color w:val="7F7F7F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> SECTIONPAGES   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:eastAsia="Cambria" w:hAnsi="Calibri Light"/>
         <w:color w:val="7F7F7F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="0063271D">
+    <w:r w:rsidR="00E0646E">
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:eastAsia="Cambria" w:hAnsi="Calibri Light"/>
         <w:noProof/>
         <w:color w:val="7F7F7F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:eastAsia="Cambria" w:hAnsi="Calibri Light"/>
         <w:color w:val="7F7F7F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1CB76BA5" w14:textId="77777777" w:rsidR="009D105A" w:rsidRPr="002F41D8" w:rsidRDefault="009D105A" w:rsidP="002F41D8">
@@ -6116,68 +6048,60 @@
   </w:num>
   <w:num w:numId="14" w16cid:durableId="818157470">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="37362939">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="667711685">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1878539555">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="463699561">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="306708927">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="240913468">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
-<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="150"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:grammar="clean"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="8193"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00460214"/>
     <w:rsid w:val="00013075"/>
     <w:rsid w:val="00015D72"/>
     <w:rsid w:val="000168ED"/>
     <w:rsid w:val="00025371"/>
     <w:rsid w:val="00027F24"/>
@@ -6275,50 +6199,51 @@
     <w:rsid w:val="0045623A"/>
     <w:rsid w:val="004565E8"/>
     <w:rsid w:val="00460214"/>
     <w:rsid w:val="00483AE1"/>
     <w:rsid w:val="0049647D"/>
     <w:rsid w:val="004A66CA"/>
     <w:rsid w:val="004A683C"/>
     <w:rsid w:val="004B27DB"/>
     <w:rsid w:val="004C57E9"/>
     <w:rsid w:val="004D2BEA"/>
     <w:rsid w:val="004F55A6"/>
     <w:rsid w:val="004F6B15"/>
     <w:rsid w:val="004F7AAA"/>
     <w:rsid w:val="00521DAA"/>
     <w:rsid w:val="00524FDA"/>
     <w:rsid w:val="00536D5D"/>
     <w:rsid w:val="00543BA9"/>
     <w:rsid w:val="0054459A"/>
     <w:rsid w:val="00557C68"/>
     <w:rsid w:val="00564447"/>
     <w:rsid w:val="00570211"/>
     <w:rsid w:val="00584E9B"/>
     <w:rsid w:val="005A2B20"/>
     <w:rsid w:val="005C1FC2"/>
     <w:rsid w:val="005D2FA5"/>
+    <w:rsid w:val="005D49F8"/>
     <w:rsid w:val="005F02DE"/>
     <w:rsid w:val="005F2E31"/>
     <w:rsid w:val="005F3396"/>
     <w:rsid w:val="005F6D71"/>
     <w:rsid w:val="005F6FF4"/>
     <w:rsid w:val="00611ECC"/>
     <w:rsid w:val="00615502"/>
     <w:rsid w:val="0063271D"/>
     <w:rsid w:val="0067137D"/>
     <w:rsid w:val="00676A28"/>
     <w:rsid w:val="00690239"/>
     <w:rsid w:val="006A50E4"/>
     <w:rsid w:val="006B314B"/>
     <w:rsid w:val="006D3A27"/>
     <w:rsid w:val="006D59D3"/>
     <w:rsid w:val="006D73E8"/>
     <w:rsid w:val="006E5184"/>
     <w:rsid w:val="00702465"/>
     <w:rsid w:val="00703060"/>
     <w:rsid w:val="00723D0B"/>
     <w:rsid w:val="00731969"/>
     <w:rsid w:val="00742F31"/>
     <w:rsid w:val="007438C5"/>
     <w:rsid w:val="00743D31"/>
     <w:rsid w:val="0074754E"/>
@@ -6444,66 +6369,69 @@
     <w:rsid w:val="00CC2B51"/>
     <w:rsid w:val="00CC44AA"/>
     <w:rsid w:val="00CC4B2C"/>
     <w:rsid w:val="00CD2FD1"/>
     <w:rsid w:val="00CD4507"/>
     <w:rsid w:val="00CD5CBB"/>
     <w:rsid w:val="00CD7C95"/>
     <w:rsid w:val="00CE2CCE"/>
     <w:rsid w:val="00CE4CAD"/>
     <w:rsid w:val="00CE6115"/>
     <w:rsid w:val="00CF3D31"/>
     <w:rsid w:val="00D02435"/>
     <w:rsid w:val="00D04E31"/>
     <w:rsid w:val="00D15399"/>
     <w:rsid w:val="00D16A69"/>
     <w:rsid w:val="00D41900"/>
     <w:rsid w:val="00D433B4"/>
     <w:rsid w:val="00D45A15"/>
     <w:rsid w:val="00D47639"/>
     <w:rsid w:val="00D52B83"/>
     <w:rsid w:val="00D546AD"/>
     <w:rsid w:val="00D64096"/>
     <w:rsid w:val="00D71DEF"/>
     <w:rsid w:val="00D74DC6"/>
     <w:rsid w:val="00D957AC"/>
+    <w:rsid w:val="00DA347E"/>
     <w:rsid w:val="00DA5278"/>
     <w:rsid w:val="00DA6E9B"/>
     <w:rsid w:val="00DC0561"/>
     <w:rsid w:val="00DC41CD"/>
     <w:rsid w:val="00DC585E"/>
     <w:rsid w:val="00DD359F"/>
     <w:rsid w:val="00DD5D5A"/>
     <w:rsid w:val="00DE4D61"/>
     <w:rsid w:val="00DE7A42"/>
     <w:rsid w:val="00DE7EE4"/>
+    <w:rsid w:val="00E0646E"/>
     <w:rsid w:val="00E06C73"/>
     <w:rsid w:val="00E37D67"/>
     <w:rsid w:val="00E4284A"/>
     <w:rsid w:val="00E6618C"/>
     <w:rsid w:val="00E70058"/>
     <w:rsid w:val="00E74073"/>
+    <w:rsid w:val="00E80B54"/>
     <w:rsid w:val="00E943D4"/>
     <w:rsid w:val="00EA773B"/>
     <w:rsid w:val="00EB5598"/>
     <w:rsid w:val="00EC66F8"/>
     <w:rsid w:val="00EC7A83"/>
     <w:rsid w:val="00ED1636"/>
     <w:rsid w:val="00ED7F10"/>
     <w:rsid w:val="00EE2F8E"/>
     <w:rsid w:val="00EF6AE6"/>
     <w:rsid w:val="00F03AA8"/>
     <w:rsid w:val="00F06F67"/>
     <w:rsid w:val="00F176C6"/>
     <w:rsid w:val="00F247A6"/>
     <w:rsid w:val="00F32225"/>
     <w:rsid w:val="00F37301"/>
     <w:rsid w:val="00F41431"/>
     <w:rsid w:val="00F428D4"/>
     <w:rsid w:val="00F459C3"/>
     <w:rsid w:val="00F53B48"/>
     <w:rsid w:val="00F542DA"/>
     <w:rsid w:val="00F558B4"/>
     <w:rsid w:val="00F564E6"/>
     <w:rsid w:val="00F6469D"/>
     <w:rsid w:val="00F74ABD"/>
     <w:rsid w:val="00F74D8F"/>
@@ -6520,51 +6448,51 @@
     <w:rsid w:val="00FC7D3A"/>
     <w:rsid w:val="00FD023B"/>
     <w:rsid w:val="00FD4236"/>
     <w:rsid w:val="00FD59D9"/>
     <w:rsid w:val="00FF14AC"/>
     <w:rsid w:val="00FF7D07"/>
     <w:rsid w:val="5C66019F"/>
     <w:rsid w:val="5CCA2DC6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="8193"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1E919271"/>
   <w15:docId w15:val="{57C9AC2F-F960-4C45-AF9D-478B00480C00}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="fr-CA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
@@ -7466,56 +7394,52 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1149519078">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mha@gov.nt.ca" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId20" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mha@gov.nt.ca" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hss.gov.nt.ca/fr/services/fonds-pour-le-mieux-%C3%AAtre-psychologique-et-le-r%C3%A9tablissement-des-d%C3%A9pendances" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId31" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mha@gov.nt.ca" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.office.com/r/BbUNHMs3A4" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mha@gov.nt.ca" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gov.nt.ca/fr/services/funding-programs" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hss.gov.nt.ca/fr/services/fonds-pour-le-mieux-%C3%AAtre-psychologique-et-le-r%C3%A9tablissement-des-d%C3%A9pendances" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mha@gov.nt.ca" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mha@gov.nt.ca" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -7776,74 +7700,50 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...22 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DD9F2A080513A54F9E37785FB0F73C24" ma:contentTypeVersion="11" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7f040db9bd44ca2b0eb6e1859a381a57">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2bcef807-899e-4cca-b8a6-940e272d0e94" xmlns:ns3="b914458b-2daa-4e2c-8854-3d348c689cba" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="93e52f8b80f9b2de1855df81fdcefcee" ns2:_="" ns3:_="">
     <xsd:import namespace="2bcef807-899e-4cca-b8a6-940e272d0e94"/>
     <xsd:import namespace="b914458b-2daa-4e2c-8854-3d348c689cba"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -7994,126 +7894,150 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="2bcef807-899e-4cca-b8a6-940e272d0e94">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="b914458b-2daa-4e2c-8854-3d348c689cba" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DA418157-32FE-42B8-93C0-0D781FA11923}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="2bcef807-899e-4cca-b8a6-940e272d0e94"/>
     <ds:schemaRef ds:uri="b914458b-2daa-4e2c-8854-3d348c689cba"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2EBC6D23-3E37-4A93-8A97-CAAF48707B2D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D8C1432D-ADA2-45F2-8024-045E64CA4328}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="2bcef807-899e-4cca-b8a6-940e272d0e94"/>
+    <ds:schemaRef ds:uri="b914458b-2daa-4e2c-8854-3d348c689cba"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FF71C77D-9A69-4430-AFA6-1DA5C6CF9F52}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>883</Words>
-  <Characters>5541</Characters>
+  <Words>976</Words>
+  <Characters>5754</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>158</Lines>
-  <Paragraphs>107</Paragraphs>
+  <Lines>239</Lines>
+  <Paragraphs>85</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>GTNO</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6317</CharactersWithSpaces>
+  <CharactersWithSpaces>6645</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="30" baseType="variant">
       <vt:variant>
         <vt:i4>6160436</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>12</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:mha@gov.nt.ca</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>6160436</vt:i4>
       </vt:variant>
       <vt:variant>